--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,539 +269,475 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195382", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195382", " CAMINHAO POLIGUINDASTE GRIMALDI- FORD CARGO  2423 - 6X2 - 2012/2013 NO ESTADO.  PLACA:  AWH5I80 CHASSI:  9BFYEAKD7DBS24800 RENAVAM:  500733678. KM ATUAL APROX. 168215 (Aproximado) OBS:  TODOS OS PNEUS VENCIDOS - retirado de operação funcionando, está alguns meses parado. No estado em que se encontr")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195384", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195384", " CAMINHAO GUINDAUTO MUNCK - FORD CARGO  2423 - 6X2 - 2013/2013 NO ESTADO.  PLACA:  FEU2461 CHASSI:  9BFYEAKD1DBS41673 RENAVAM:  588643033. KM ATUAL APROX. 147556 (Aproximado) OBS:  PNEUS VENCIDOS - retirado de operação funcionando, está alguns meses parado. No estado em que se encontra. MAIS DETALHE")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>215.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195387", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195387", " CAMINHAO POLIGUINDASTE GRIMALDI - FORD CARGO 2629 - 6X4 - 2014/2015 NO ESTADO.  PLACA:  FOK9585 CHASSI:  9BFZEANE4FBS78230 RENAVAM:  1089458956. KM ATUAL APROX. 119668 (Aproximado) OBS:  PNEUS VENCIDOS - retirado de operação funcionando, está alguns meses parado. No estado em que se encontra. MAIS ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>192.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195383", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195383", " CAMINHAO SOMENTE CHASSI - FORD 1722 - 6X2 - 2005/2005 NO ESTADO.  PLACA:  DTB1933 CHASSI:  9BFYTNFT65BB59554 RENAVAM:  918821010. OBS:  FALTAM: cardan, diferencial, pneus e rodas traseiras, painel de instrum., Pças e componentes / Veículo parado há muito tempo.MOTOR FUNDIDO. VENDIDO NO ESTADO. MAIS")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195385", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195385", " CAMINHAO SOMENTE CHASSI - FORD 1722 - 6X2 - 2005/2005 NO ESTADO.  PLACA:  DTB1937 CHASSI:  9BFYTNFT25BB60328 RENAVAM:  918821959. OBS:  FALTAM: cardan, diferencial, pneus e rodas traseiras, painel de instrum., Pças e componentes / Veículo parado há muito tempo.MOTOR FUNDIDO. VENDIDO NO ESTADO. MAIS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195386", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195386", " CAMINHAO SOMENTE CHASSI - FORD 1722 - 6X2 - 2005/2005 NO ESTADO.  PLACA:  DTB1938 CHASSI:  9BFYTNFT55BB58427 RENAVAM:  918820790. OBS:  FALTAM: cardan, diferencial, pneus e rodas traseiras, painel de instrum., Pças e componentes / Veículo parado há muito tempo.MOTOR FUNDIDO. VENDIDO NO ESTADO. MAIS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195388", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195388", " CAIXA COMPACTADORA ESTACIONÁRIA  P-17 - PORTAL - REF. 1.01.008 - Nº 21 (FUNCIONANDO) CAIXA 21 NO ESTADO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195391", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195391", " CAIXA COMPACTADORA ESTACIONÁRIA P-17 - PORTAL - REF. 1.01.016 - Nº 22 (FUNCIONANDO) CAIXA 22 NO ESTADO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195389", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195389", " CAIXA COMPACTADORA ESTACIONÁRIA  P-17 - PORTAL - REF. 1.02.005 - Nº 23 (FUNCIONANDO) CAIXA 23 NO ESTADO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195392", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195392", " CAIXA COMPACTADORA ESTACIONÁRIA P-17 - PLANALTO - REF. 1.01.021 - Nº 24 (FUNCIONANDO) CAIXA 24 NO ESTADO. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195393", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195393", " CAIXA COMPACTADORA ESTACIONÁRIA P-17 - PORTAL - REF. 1.01.003 - Nº 25 (FUNCIONANDO) CAIXA 25 NO ESTADO. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195390", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195390", " CAIXA COMPACTADORA ESTACIONÁRIA P-17 - REF. 1.01.020 - Nº 26 (FUNCIONANDO) CAIXA 26 NO ESTADO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...333 lines deleted...]
-      </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196125", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196125", " CAIXA COMPACTADORA ESTACIONÁRIA - 17 M3 - PORTAL  CAIXA: 14 NO ESTADO. ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196123", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196123", " CAIXA COMPACTADORA ESTACIONÁRIA - 17 M3  CAIXA: 03 NO ESTADO. ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196124", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196124", " CAIXA COMPACTADORA ESTACIONÁRIA - 17 M3 - PORTAL  CAIXA: 12 NO ESTADO. ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196302", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196302", "IMPLEMENTO COMPACTADOR DE LIXO 15 M³ - USIMECA -  Esta fora de operação. Não funciona,  com telescópio e escudo. Sem os cilindros. Vendido no estado em que se encontra.")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>