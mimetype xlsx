--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,4859 +269,4255 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195597", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195597", "[ VÍDEO ] TRITURADOR DE PALLETS  - MOTOR 30 CV - SEMI -NOVA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195545", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195545", "[ VÍDEOS ] VW / 17.250E ANO 2011/2012 - MOTOR CUMMINS  - MUNCK CIBI MOD. TC-6000 - funcionando")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>101.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195532", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195532", "AGLUTINADOR PARA PLASTICO - MOTOR WEG 50 CV")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195617", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195617", "[ VÍDEO ] AMBULÂNCIA FIAT / DOBLO RONTAN AMB2 ANO 2010/2011 - FLEX")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195621", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195621", "VW / FUSCA 1200 ANO 1966 - GASOLINA - COR AZUL - doc. ok")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195534", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195534", "VW SAVEIRO 1.8 ano 2005/2006 - FLEX - AMBULÂNCIA ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195576", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195576", "[ VÍDEO ] GM VECTRA CD 2.0 ANO 1997/1997 - GASOLINA/GNV - doc. ok")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199296", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199296", " HONDA/ CB 300R - TRICICLO ANO 2012/2012")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195512", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195512", " LINHA COMPLETA PINTURA KTL")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195609", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195609", "CABEÇOTE COM BASE DE COMPRESSOR ALTA PRESSÃO ( SEM MOTOR)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195610", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195610", "EMPILHADEIRA / PALETEIRA ELETRICA TOYOTA  - COM BATERIA E CARREGADOR")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>450.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195616", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195616", " GERADOR DIESEL")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195615", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195615", " GERADOR 4CC APROX. 15 KVA MOTOR FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195503", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195503", "Máquina para solda de tubo. Tipo ponteadeira.100 KVa")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...20 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195553", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195553", "CENTRIFUGA INDUSTRIAL 30 KG ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...20 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195614", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195614", " ELEVADOR PANTOGRAFICO ( 2 PEÇAS E COMANDO HIDRÁULICO)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195618", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195618", " BRAÇO ARTICULADO PARA OFICINA (NÃO INCLUI VIGA LATERAL)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195619", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195619", "ESCANER PARA AUTOS ( SEM TESTE - NO ESTADO)")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195620", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195620", "14 PEÇAS PARA TORNO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196334", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196334", "CABINE SCANIA 113 ANO 1994")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198680", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198680", " DOIS VASOS DE PRESSÃO COM VALVULAS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195601", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195601", "TANQUE INOX 8.500 LITROS ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195565", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195565", " GERADOR 12 KVA ANO 2012 - MOTOR RUIM")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198681", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198681", " Peneira vibratória com dois vibradores com 6 decks.largura peneira 77 cm as ponteiras.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195551", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195551", " BUFFET GELADO - COM 13 BANDEIJAS DE INOX - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...20 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198682", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198682", " Balança digital para 1000 kg 1.20 por 80 cm não testado podendo painel não funcionando")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195552", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195552", " CROMATOGRAFO mod. CG2000 PARA LABORATORIO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195549", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195549", " CAPELA PARA LABORATÓRIO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195527", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195527", "LOTE DE ANTIQUIDADES: 1 MÁQUINA DE ESCREVER HERMES Baby ,1 MAQUINA FOTOGRÁFICA RICOH,  2 RÁDIOS COMUNICADORES COBRA, 2 GALOS DE BRONZE E 1 MINI COMPRESSOR ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195535", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195535", "GUINCHO TIPO GIRAFA 1.000 KG - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195498", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195498", " 1 ventilador. .")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195515", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195515", "4 Ventiladores")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195574", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195574", " MISTURADOR DE ESFERA PARA TINTA COM MOTOR WEG 15 CV")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198684", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198684", " Canhão giratorio para água")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195529", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195529", "1 EXAUSTOR LARGURA 65 CM MOTOR WEG 1.5 CV ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195497", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195497", "VÁLVULA ROTATIVA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195544", "039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195544", " COMPRESSOR PARA DENTISTA ANO 2017")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195575", "040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195575", " 7 BOMBAS DE VÁCUO SUJA DE ÓLEO / GRAXA")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195528", "041")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195528", "1 REDUTOR DE GRANDE PORTE PESO. 1.250 KGS APROX.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195526", "042")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195526", "1 VENTOINHA")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195543", "043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195543", " AUTOCLAVE")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195508", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195508", " 1 taboriador de peças com aquecedor")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195577", "045")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195577", "CENTRÍFUGA SEPARADORA  FLOTTWEG  MOD. MW 2000 SSP 122")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195536", "046")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195536", " BOMBA PARA ÓLEO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195530", "047")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195530", "EXAUSTOR LARGURA 65 CM - MOTOR 1.5 HP MONOFASICO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195511", "048")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195511", " 10 peças - câmera e protetor para empilhadeira")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198688", "049")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198688", " tanque de PVC com pé")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195516", "050")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195516", "Mangueiras de pressão hidráulica ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195548", "051")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195548", " APARELHO PARA LABORATÓRIO")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195533", "052")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195533", "APARELHO DE GINASTICA STEPPER - SEM USO")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195585", "053")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195585", " 01 MOTOR WEG COM BOMBA DE ENGRENAGEM( SEM PLAQUETA) APROX. 25 A 30 CV")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>75.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195596", "054")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195596", " 01 TROLLER PARA 1100 KGS.")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195517", "055")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195517", "1 bomba a vácuo 2 moto redutor")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195578", "056")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195578", "GIROFLEX")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195537", "057")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195537", " 03 PISTÕES")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195510", "058")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195510", "1 unidade hidráulica com 2 bombas hidráulicas com trocador de calor")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198689", "059")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198689", " 2 trituradores para máquina acricola com facas")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195531", "060")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195531", "1 Gerador")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195496", "061")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195496", "COLETOR E SEPARADOR DE ÓLEO")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195595", "062")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195595", " 01 BOMBA 7.5cv E 01 BOMBA 1,5 kw")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>75.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198687", "063")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198687", " 1 bomba a vácuo marca omel mod bvm 250 motor 10 cv")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198683", "064")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198683", " 3 válvula de controle e 1 de gaveta")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198686", "065")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198686", " 5 peças sendo 1 válvula e 4 de retenção")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195518", "066")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195518", " 01 ALINHADOR INDUSTRIAL")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195554", "067")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195554", " 1 BOMBA DE INOX")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195550", "070")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195550", " 4 PAINÉIS MODULO ELETRONICO")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198685", "071")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198685", " Motor elétrico 6cv 1720 e 1430 rpm.")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195521", "072")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195521", " 04 MOTORES CORRENTE CONTÍNUA")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195523", "073")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195523", " 01 MOTOR")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199298", "074")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199298", " 5 CADEIRAS SENDO: 2 GIRATIRIAS E 3 FIXAS")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199297", "075")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199297", " 2 BALANCINS SENDO: 1 DE 1,30MTS E 1 DE 0,85 MTS")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>320,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195593", "076")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195593", " 01 BOMBA PARA QUIMICA MOTOR 1 CV")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195586", "077")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195586", " 01 BOMBA DOSADORA 0,33 CV")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195590", "078")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195590", " 03 BOMBAS ENGRENAGEM PARA OLEO")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>75.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195592", "079")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195592", " 01 COMPRESSOR PARA REGERAÇÃO")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195524", "081")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195524", " 02 PISTÕES PARA DESLOCAMENTO DE MAQUINAS - 1,65 MTS")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195588", "082")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195588", " 03 MOTORES ( SENDO 1 SEM EIXO)")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195538", "083")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195538", " 01 Bomba de alta pressão de pistão - com manual")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195556", "084")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195556", " 1 PAINEL DE MÁQUINA")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195557", "085")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195557", "LIXADEIRA DE RODA, MESA MOVEL - APROX. 800X4800MM - MESA FIXA 1900X4800MM COM PAINEL DE LIGAÇÃO")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195594", "086")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195594", " 01 REDUTOR")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195563", "087")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195563", " AQUECEDOR A ÓLEO")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195547", "088")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195547", "Moto ventilador")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195591", "090")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195591", " 03 PEÇAS SENDO; 1 MOTOR, 01 BOMBA E 1 REDUTOR ( PARA REFORMA)")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195495", "091")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195495", " VENTILADOR")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195559", "092")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195559", " UNIDADE HIDRAULICA")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195625", "093")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195625", " 01 SERRA ESQUADRILHADEIRA")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195623", "094")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195623", " 01 BOMBA DE AGUA PRESSURIZADA/AUTOMATICA")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195562", "096")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195562", " COMPRESSOR COM MOTOR 5CV WEG")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195560", "098")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195560", " UNIDADE HIDRAULICA COM MOTOR 5CV WEG")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195561", "099")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195561", " ESTEIRA DE LONA (1,90 X 0,20 MTS) COM REDUTOR E MOTOR")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195564", "100")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195564", " FURADEIRA DE BANCADA")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195582", "101")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195582", " 01 MOTOR WEG 10 CV COM 3 BOMBAS A OLEO ACOCPLADA")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>75.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195572", "102")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195572", " SIRENE PARA AMBULANCIA")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195624", "103")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195624", " 01 POLICARTE COM MOTOR WEG 2CV")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195573", "104")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195573", " TROCADOR DE PLACAS PEQUENO")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195579", "105")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195579", " 06 PEÇAS SENDO; 3 MOTOS REDUTORES E 3 MOTORES")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>75.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195589", "106")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195589", " 01 REDUTOR")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>75.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195587", "108")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195587", " 02 MOTORES WEG")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195488", "109")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195488", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195581", "110")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195581", " CONTAINER - 6 METROS")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195583", "111")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195583", " 02 MOTO REDUTORES")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195580", "112")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195580", " COMPRESSOR ( SEM VALVULA DE SEGURANÇA) - FUNCIONANDO")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195598", "114")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195598", "01  VIGA " I"  - 7 METROS DE COMPRIMENTO / 12MM")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195599", "115")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195599", "MOTO VENTILADOR MOTOR 7.5")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195600", "116")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195600", "05 PNEUS FIRESTONE 235/75R15 (SEM USO  -  DOT VENCIDO)")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195602", "117")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195602", " CALDEIRA E TANQUE INOX")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195603", "118")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195603", " BOMBA DE REFRIGERAÇÃO DE MAQUINAS")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195607", "119")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195607", " UNIDADE HIDRAULICA")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195606", "120")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195606", " UNIDADE HIDRAULICA")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195604", "121")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195604", " BOMBA DE REFRIGERAÇÃO DE MAQUINAS")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195605", "122")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195605", " FILTRO MANGA COM MESA ( PARA MARCENARIA)")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195608", "124")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195608", " BOMBA A VÁCUO ")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195502", "156")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195502", " Espuladeira para enrolar fios e carreteis")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195489", "183")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195489", " 5 PROTOCOLADORES")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195490", "184")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195490", " SOPRADOR")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195491", "220")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195491", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195492", "221")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195492", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195493", "276")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195493", "35 peças de tarracha sendo: 13 de 3/8 e 22 de 1/2")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195494", "279")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195494", "01 redutor")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>1.120,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195499", "321")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195499", " 1 Micro teste")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195500", "322")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195500", " 1 micro teste para laboratório")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195501", "346")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195501", " porta papel")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195504", "353")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195504", "Filtro prensa de placas completa acompanha 1 bomba")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195622", "354")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195622", " 3 ESTANTES DE AÇO")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195558", "401")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195558", "ESMERIL TRIFÁSICO")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195539", "405")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195539", " Compressor FS CURTIS HTA 120, Motor 15Hp, Tanque - *304 litros, Dimensões - Diâmetro 490 x 1760 mm* Peso - 450 kg Modelo")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195509", "406")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195509", "Balança mecânica 1.000 kg")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195482", "408")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195482", " 1 SERRA DE FITA RONEMAK COM SOLDADOR ( funcionando )")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195525", "409")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195525", " BALANÇA FILIZOLA 300 KG")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195611", "410")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195611", "PAINEL DE COMANDO")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195612", "411")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195612", "PRENSA  EXCÊNTRICA SANGIACOMO  15 TON. COM FREIO FRICÇÃO")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195613", "412")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195613", "PRENSA  EXCÊNTRICA ICO 15 TON. COM FREIO FRICÇÃO")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...116 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195513", "500")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195513", "Bancada de teste para motores - Dino MD 02. Veja especificações")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195479", "501")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195479", "Furadeira Radial ")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195514", "504")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195514", "Máquina de teste para refrigeração")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195570", "505")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195570", "[ VÍDEO ] MÁQUINA DE CORTE PLASMA - AUTOMATICA")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195571", "506")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195571", " COMPRESSOR DE AR")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195569", "508")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195569", " MOTOR WEG 125CV")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195567", "509")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195567", " MOTOR EBERLE 100CV")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195568", "515")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195568", " MOTOBOMBA")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
+      <c r="F151" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...57 lines deleted...]
-      <c r="F24" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195486", "549")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195486", " Aprox. 150 un. luminárias diversas - sem uso")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...57 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195484", "553")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195484", " 1 balção inox (4 m) e 3 pias industrial (3 m)")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...25 lines deleted...]
-      <c r="F27" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195481", "556")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195481", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195485", "560")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195485", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195483", "561")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195483", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195487", "568")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195487", " Aproximadamente 45 disjuntores motores com amperagem diversas")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-[...20 lines deleted...]
-      <c r="E28" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195541", "598")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195541", " Disco de serra - aprox, 1.600 mm de diametro - peso aprox. 100 kg")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F28" s="4" t="inlineStr">
+      <c r="F158" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-[...345 lines deleted...]
-      <c r="F39" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195542", "599")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195542", " Disco de serra - aprox, 1.600 mm de diametro - peso aprox. 100 kg")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-[...3838 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195507", "604")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195507", "[ LANCE POR KG ] Aprox. 5 ton. de arame tubular submerso 2mm Lincoln, Em conformidade com aws A5.20 e Asme SFA-5.20. Classificação E70T-7 DC Polarity (DCEN) certificado pela CWB para CSA W48.5-M")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>7,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195480", "606")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195480", " Aquecedor de marmitas")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>