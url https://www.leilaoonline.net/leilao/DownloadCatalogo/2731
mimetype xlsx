--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195332", "030")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195332", "veja o vídeo!! VW/SAVEIRO 1.6; 2000/2000; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196366", "033")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196366", "RARIDADE VW BABY BUGGY; 1973 - FUNCIONANDO - APROX. 54.000KM - PLACA FINAL 69 ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196303", "035")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196303", "veja o vídeo!! GM/OPALA; 1971/1971; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>13.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195333", "040")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195333", "GM/OMEGA GLS; 1994/1994; VERMELHA; GASOLINA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195331", "045")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195331", "veja o vídeo!! VW/PASSAT FLASH; 1987/1987; VERMELHA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>22.250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195338", "050")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195338", "veja o vídeo!! VW/VOLKSWAGEN; 1966/1966; VERDE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195337", "055")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195337", "veja o vídeo!! VW/GOL 16V; 1998/1999; VERMELHA; GASOLINA - FUNCIONANDO ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195334", "060")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195334", "FORD/CORCEL II L; 1980/1980; VERMELHA; GASOLINA  - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195329", "065")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195329", "veja o vídeo!! VW/FUSCA 1500; 1974/1974; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195336", "070")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195336", "veja o vídeo!! FIAT/UNO ELECTRONIC; 1993/1994; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195330", "075")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195330", "VW/PASSAT LS; 1975/1975; MARROM; ALCOOL - FUNCIONANDO - TURBO LEGALIZADO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>