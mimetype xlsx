--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,1115 +269,979 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195399", "012")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195399", "FIAT FIORINO HD WKE; 2018/2019 - FUNCIONANDO - FROTA 09 - FIPE R$ 68.384,00")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195339", "013")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195339", "FIAT FIORINO ENDURANCE EVO 1.4; 2020/2021 - FUNCIONANDO - FROTA 07 - FIPE R$ 78.219,00")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195673", "014")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195673", "GM - CHEVROLET MONTANA LS; 2014/2015 - FUNCIONANDO - FROTA 28 - FIPE R$ 44.020,00")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195674", "015")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195674", "GM - CHEVROLET MONTANA LS; 2014/2015 - FUNCIONANDO - FROTA 98")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195675", "016")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195675", "VW NOVA SAVEIRO RB MBVS; 2019/2020 - FUNCIONANDO - FROTA 63")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196069", "017")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196069", "VW VOYAGE 1.6L MB5; 2020/2021 - FUNCIONANDO - FROTA 33")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195676", "018")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195676", "CAMIONETE TOYOTA HILUX  CSLSTM4FD; 2021/2021; DIESEL - FUNCIONANDO - FROTA 27 ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>163.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195677", "019")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195677", "TOYOTA HILUX CHLSTM4FD; 2018/2018; DIESEL - FUNCIONANDO - FROTA 74")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195678", "020")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195678", "VW GOL 1.0L MC4; 2018/2019 - FUNCIONANDO - FROTA 23")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196367", "021")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196367", "CHEVROLET/SPIN 1.8L MT LS; 2021/2021 - FUNCIONANDO - FROTA 36 - FIPE R$ 72.881,00")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196368", "022")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196368", "CHEVROLET/SPIN 1.8L MT LS; 2021/2021 - FUNCIONANDO - FROTA 96")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>45.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196370", "023")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196370", "CHEVROLET/SPIN 1.8L MT LS; 2021/2021 - FUNCIONANDO - FROTA 49")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196369", "024")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196369", "CHEVROLET/SPIN 1.8L MT LS; 2021/2021 - FUNCIONANDO - FROTA 00")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195340", "028")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195340", "CAMIONETE CHEVROLET S10 LS DS4 4X4; 2017/2018 - FUNCIONANDO - FROTA 52 - FIPE R$ 136.475,00")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>117</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>109.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195395", "032")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195395", "NISSAN FRONTIER S MTX4; 2021/2021; CABINE DUPLA; 4X4; DIESEL - FUNCIONANDO - FROTA J54 - FIPE R$ 152.275,00")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>83.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195341", "034")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195341", "I/FORD RANGER XL 13P 4X4; CABINE DUPLA; 2011/2011; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195396", "035")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195396", "CHEVROLET S10 LS DD4; 2021/2022; 4X4; DIESEL - FUNCIONANDO - FROTA G33 - FIPE R$ 176.075,00")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195397", "036")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195397", "VW AMAROK 3.0 V6 TDI HIGHLINE CD; 2018/2018; DIESEL 4MOTION AUTOMÁTICO - FUNCIONANDO - FIPE R$ 178.331,00")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>73.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195398", "037")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195398", "GM/SPIN 1.8L MT LSE; 2020/2021; 5 PAG - FUNCIONANDO - FROTA 54")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195394", "042")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195394", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; ALCO./GASOL. - FUNCIONANDO - PLACA FINAL 814")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...83 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195402", "044")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195402", "CAMIONETE KIA UK 2500 HD - SC; 2011/2012; CAB. SUPLEMENTAR E CARROCERIA - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>44.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195345", "046")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195345", "RENAULT MASTER FURGÃO; 2018/2019 - FUNCIONANDO - FROTA 17")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>97.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195405", "047")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195405", "RENAULT MASTER FURGÃO; 2017/2018 - FUNCIONANDO - FROTA 97")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>87.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195406", "048")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195406", "RENAULT MASTER FURGÃO; 2017/2018 - FUNCIONANDO - FROTA 87")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>89.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195346", "050")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195346", "JEEP COMPASS LONGITUDE; 2021/2021; AUTOMÁTICO; DIESEL - FUNCIONANDO - FROTA 83 - FIPE R$ 169.307,00")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>117.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195400", "057")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195400", "VW AMAROK CD 4X4 HIG; 2012/2013; CABINE DUPLA - FUNCIONANDO - PLACA FINAL 38")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195408", "058")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195408", "FIAT DOBLO ESSENCE 7L E; 2021/2021 - FUNCIONANDO - FROTA 62 - FIPE R$ 82.424,00")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195407", "059")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195407", "FIAT DOBLO ESSENCE 7L E; 2021/2021 - FUNCIONANDO - FROTA 91")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195343", "060")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195343", "CHEVROLET/CRUZE LT NB; 2012/2012; ALCO./GASOL./GNV - FUNCIONANDO - PLACA FINAL A20")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195342", "080")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195342", "CAMINHÃO IVECO/TRAKKER 720T 42TN; 2009/2010; ANO TIPO TRAÇÃO CAMINHÃO TRATOR")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>72.250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195401", "085")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195401", "CAMIONETE KIA UK 2500 HD SC; 2019/2020; BAÚ - FROTA 58")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...83 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>71.250,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...569 lines deleted...]
-      <c r="F35" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195403", "086")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195403", "CAMIONETE KIA UK 2500 HD SC; 2019/2020; BAÚ - FROTA 16")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-[...222 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195404", "087")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195404", "CAMIONETE KIA UK 2500 HD SC; 2019/2020; BAÚ - FROTA 94")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>71.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195344", "090")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195344", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FUNCIONANDO - FROTA 539")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>49.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>