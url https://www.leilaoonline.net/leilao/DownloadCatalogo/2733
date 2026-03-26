--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,955 +269,839 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196811", "005")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196811", "TRATOR FORD; MODELO 8N; ANO DE FABRICAÇÃO DÉCADA DE 50")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197402", "008")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197402", "RETROESCAVADEIRA JCB; MODELO 3CX 4X4; ANO 2016; EMPLACADA - FUNCIONANDO - PLACA FINAL 40")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>101</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>218.750,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197403", "009")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197403", "RETROESCAVADEIRA JCB; MODELO 3CX 4X4; ANO 2016; EMPLACADA - FUNCIONANDO - PLACA FINAL 65")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>220.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195734", "010")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195734", "CÂMARA FRIA; MEDIDAS: 6M DE ALTURA, 15M DE COMPRIMENTO E 13M DE LARGURA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195738", "011")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195738", "veja o vídeo!! CHEVROLET/MONTANA LS2; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 58.277,00")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196780", "012")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196780", "veja o vídeo!! FIAT/STRADA WORKING; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196781", "014")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196781", "veja o vídeo!! FIAT/STRADA WORKING CE; 2016/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196782", "015")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196782", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2017/2018; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196783", "018")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196783", "veja o vídeo!! FIAT/STRADA TREK CE 1.6; 2012/2013; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>26.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196788", "019")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196788", "FIAT/STRADA TREK CD 1.6; 2015/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197850", "021")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197850", "TOYOTA HILUX CHLSTM4FD; 2020/2020; DIESEL - FUNCIONANDO - APROX. 103.200KM - FROTA C52")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>92.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196784", "022")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196784", "veja o vídeo!! I/NISSAN FRONTIER LE X4; 2021/2022; AZUL; DIESEL - FUNCIONANDO - APROX. 19.100KM - FIPE: R$ 236.207,00")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>145.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196785", "026")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196785", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2021/2022; BRANCA; DIESEL - FUNC. - IPVA 2023 OK - APROX. 13.800KM - FIPE R$ 263.987,00")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>167.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196786", "027")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196786", "veja o vídeo!! CHEVROLET/S10 LT DD4A; 2021/2022; BRANCA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>140.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196787", "028")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196787", "veja o vídeo!! VW/KOMBI FURGÃO; 2008/2009; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195736", "030")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195736", "veja o vídeo!! IMP/GM SILVERADO; 1997/1997; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195733", "035")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195733", "FORD/JEEP WILLYS CJ5 - 6CC; 1965/1965; BEGE; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195744", "043")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195744", "CAMINHÃO VW/15.180 CNM; 2010/2011; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>80.250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195745", "046")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195745", "CAMINHÃO M. BENZ/L1622; 2002/2002; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>73.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195741", "061")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195741", "CAMIONETA FORD/SR DESERTER; 1993/1993; BRANCA; DIESEL; TURBINADA; HIDRÁULICA (DESLIGA NA CHAVE) - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195751", "080")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195751", "FIAT/DUCATO MAXICARGO; 2006/2007; AMARELA; DIESEL - IPVA 2023 OK")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195755", "081")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195755", "FIAT/DUCATO MAXI; 2001/2002; BRANCA; DIESEL - IPVA 2023 OK")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196066", "085")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196066", "PARAMOTOR; ANO 2019; VITORAZZI; EVO 100; ASA SOL FLEXUS M (ACOMPANHA HÉLICES E CAPACETE) - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>21.250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195754", "090")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195754", "CARROCERIA BAGGIO; ANO 2016; NÚMERO RSOBX 1074 6G01177; C/ EQUIPAMENTO MARCA PHD MODELO CA 105 SÉRIE 000053")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195756", "091")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195756", "CARROCERIA BAGGIO; ANO 2016; NÚMERO RSOBX 1074 6G01177; C/ EQUIPAMENTO MARCA PHD MODELO CA 105 SÉRIE 000052")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195762", "092")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195762", "CARROCERIA BAGGIO; ANO 2016; NÚMERO RSOBX 1074 6G01177; C/ EQUIPAMENTO MARCA PHD MODELO CA 105 SÉRIE 000056")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195763", "093")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195763", "CARROCERIA BAGGIO; ANO 2016; NÚMERO RSOBX 1074 6G01177; C/ EQUIPAMENTO MARCA PHD MODELO CA 105 SÉRIE 000051")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...90 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195764", "096")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195764", "LOTE COM 3 ENGATES")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...766 lines deleted...]
-      </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195765", "097")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195765", "SANTO ANTONIO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>