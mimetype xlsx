--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,1211 +269,1063 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195637", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195637", "[ VÍDEOS ] ESCAVADEIRA CATERPILLAR MOD. 336 D ANO Aprox.. 2011")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>391.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195657", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195657", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN MOD. 45C ANO APROX. 1987 ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>124.400,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195658", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195658", "[ VÍDEOS ] RETROESCAVADEIRA JCB 4x4 ANO 2018. ACOMPANHA CONCHA E ROMPEDOR. APROX. 4.600 HRS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195628", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195628", "[ VÍDEO ] PÁ CARREGADEIRA CASE. MOD. 621D. ANO 2006. OPERACIONAL")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>203.700,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195663", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195663", "TRAILER PARA LANCHE COMPLETO ( DOCUMENTO OK  REBOQUE BAÚ ANO 2016)")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>26.100,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195661", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195661", "[ VÍDEOS ] MINICARREGADEIRA BOBCAT MOD. 763 ANO 2003")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>64.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195662", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195662", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR MOD.966C SERIE 18B ANO 1985")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>148.600,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195641", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195641", "[ VÍDEO ] TRATOR DE ESTEIRA CATERPILLAR MOD. D6D ANO 1988 - TORQUE")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>189.850,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195640", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195640", "[ VÍDEO ] TRATOR DE ESTEIRA KOMATSU MOD. D50A ANO 1989  - RODANTE NOVO - TURBINADO MOTOR M.BENZ -COMPLETO COM RIPPER ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>310.300,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195660", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195660", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN MOD. 55A  ANO Aprox. 1982")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>115.750,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195638", "015")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195638", "[ VÍDEO ] PÁ CARREGADEIRA CASE MOD. W20E ANO APROX. 2002")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>191.200,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195633", "017")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195633", " PÁ CARREGADEIRA MICHIGAN MOD. 75HD - MOTOR MB 113 - TORQUE 28.000-ORBITAL DE FABRICA / PNEUS LARGO/CONCHA GRANDE -OPERACIONAL")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>71.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195645", "018")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195645", "[ VÍDEO ] ESCAVADEIRA LIUGONG MOD. LG-915D ANO 2014")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>134.400,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195636", "020")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195636", "[ VÍDEO ] PÁ CARREGADEIRA CASE MOD. W20B Aprox. 1987 - CLARCK 28.000 - MOTOR MB TURBO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>111.100,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195634", "021")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195634", "[ VÍDEO ] MOTONIVELADORA DRESSER MOD. 140C ANO APROX. 1989 - MOTOR MB 352 TURBO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>36.750,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195630", "023")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195630", "02 GRAMICHEL ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195632", "024")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195632", "LÂMINA DIANTEIRA PARA TRATOR C/ PISTÃO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195631", "025")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195631", "CONCHA CATERPILLAR 924G")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195643", "026")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195643", "[ VÍDEOS ] ESCAVADEIRA NEW HOLLAND MOD. 215B ANO 2014")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>261.700,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195644", "027")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195644", "[ VÍDEO ] RETROESCAVADEIRA CASE  MOD. 580L ANO 2000/2001-  4X4 TRAÇADO - EMPLACADA. DOC. OK")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>81.200,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195626", "029")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195626", "LOTE COM 08 PISTÕES: 01 FH200, 01 POUCLAIN, 03 CAT E 03 WUBBER. E 01 COMANDO TRASEIRO DE FH80")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195635", "033")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195635", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN CLARCK 75III ANO 1979 / 4 PNEUS BONS - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>77.700,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195627", "034")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195627", "CABINE PARA MÁQUINA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195659", "035")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195659", "[ VÍDEO ] PÁ CARREGADEIRA NEW HOLLAND MOD. W160 ANO 2006")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>162.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195639", "038")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195639", "ROLO COMPACTADOR VIBRATÓRIO  DE ARRASTO - MOTOR DEUTZ  6 CC - OPERACIONAL")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>29.100,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195648", "039")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195648", " REBOQUE KRONE ANO 1983/1983 -CHASSI PORTA CONTEINER - 40PÉS - 3 EIXOS - NO ESTADO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195652", "040")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195652", " SEMI - ROBOQUE IDEROL ANO 1987/1987 - CHASSI PORTA CONTEINER- 40PÉS 3 EIXOS - NO ESTADO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195650", "041")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195650", " SEMI - ROBOQUE RANDON ANO 1988/1988 - CHASSI PORTA CONTEINER 40PÉS - 3 EIXOS - NO ESTADO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195646", "042")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195646", " SEMI - ROBOQUE IDEROL ANO 1988/1988- CHASSI PORTA CONTEINER 40PÉS - 3 EIXOS - NO ESTADO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195653", "043")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195653", " GM / CHEVROLET 11000 ANO 1987/1987 - AZUL - DIESEL - DOC. CARROCERIA ABERTA")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195647", "044")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195647", " CAÇAMBA PARA CAMINHÃO TOCO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>8.900,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195651", "045")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195651", " GUINDASTE MARCA MUNCK CAPAC. 08 TON. 02 LANÇAS ( SERA ENTRENGUE COM RECIBO E NOTA DE VENDA DO LEILÃO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>35.750,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195654", "046")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195654", " EQUIPAMENTO LIMPEZA DE BOCA DE LOBO - ASPIRA E EMPURRA - NO ESTADO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>35.750,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195649", "047")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195649", " TRANSBORDO DE CANA MARCA SANTAL ANO 2013")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195655", "049")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195655", "TRATOR MASSEY FERGUSON MOD.275  4X4 ANO 2001 ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>77.800,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195656", "050")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/195656", "TRATOR NEW HOLLAND MOD. TL75E ANO 2009/2010 - TRAÇADO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>88.700,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196988", "051")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196988", "TRATOR MASSEY FERGUSON MOD. MF 292 ANO 2006 - 4X4")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>117.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>