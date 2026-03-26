--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196324", "056")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196324", " 2 UNIDADES. - ELEVADOR FINOS 12T/H DESC 9,45M / 7109390. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>19.800,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196308", "122")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196308", " 2 UNIDADES. - COMPRESSOR SCHULZ 80PCM 50HZ / 7100863. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196310", "144")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196310", " 3 UNIDADES. - COMPRESSOR SCHULZ 80PCM 50HZ / 7100863. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196314", "157")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196314", " 11 UNIDADES. - TUBO HIDRÁULICO 181, 8X35, 6X110LG 20MNV6V / 199734. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196305", "159")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196305", " 1 UNIDADE. - MOTOR 125CV 60HZ 4P B3D IPW55 / 7004261. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>9.700,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196317", "166")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196317", " 2 UNIDADES. - VENTILADOR SVA 710 LG270 60HZ / 7110443. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>5.700,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196316", "178")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196316", " 6 UNIDADES. - RODA C/ PNEU 22,5 MTD CJ 2502310. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196315", "210")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196315", " 11 UNIDADES. - TUBO HIDRÁULICO 181, 8X35, 6X110LG 20MNV6V / 199734. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196322", "247")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196322", " 6 UNIDADES. - RODA C/ PNEU 22,5 MTD CJ 2502310. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196309", "251")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196309", " 1 UNIDADE. - ESTRUTURA ELEVADOR DE ARRASTE 1773 MTD CJ / 2421931. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196318", "253")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196318", " 1 UNIDADE. - ESTR. SILO 2M³ MTD CJ / 7106216. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196311", "310")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196311", " 11 UNIDADES. - TUBO HIDRÁULICO 181, 8X35, 6X110LG 20MNV6V / 199734. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196307", "316")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196307", " 2 UNIDADES. - CJ COMPL. RODADO S-1303 ( MITAS 365/80 ) / 2419923. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196313", "333")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196313", " 3 UNIDADES. - TANQUE DÁGUA FRONTAL HD 90 / 1460986. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196320", "399")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196320", " 1 UNIDADE. - COMPRESSOR SCHULZ 100PCM 50HZ / 7105862. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>7.700,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196321", "409")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196321", " 2 UNIDADES. - CÂMARA DE COMBUSTÃO UACF17 / 7109067. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196312", "504")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196312", " 1 UNIDADE. - CAPÔ FRONTAL / 2538213. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>3.300,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196319", "613")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196319", " 2 UNIDADES. - SILO 1M³ CALD MTD CJ / 2563671. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196306", "674")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196306", " 2 UNIDADES. - MOTOR 50CV 50HZ 4P B5D IPW55 / 7023679. - LOC. PORTO ALGRE/RS")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>5.800,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196304", "710")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196304", " 11 UNIDADES. - TUBO HIDRÁULICO 181, 8X35, 6X110LG 20MNV6V / 199734. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196323", "845")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196323", " 2 UNIDADES. - CÂMARA DE COMBUSTÃO UACF17 / 7109067. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>