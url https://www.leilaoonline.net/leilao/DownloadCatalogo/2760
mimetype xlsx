--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,3611 +269,3163 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198838", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198838", "[ VÍDEOS ] PÁ CAREGADEIRA LIEBHERR L580 ANO 2016 OPERACIONAL COM APROX. 20 MIL HORAS")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>300.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>10000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198830", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198830", "[ VÍDEO ] MINI BETONEIRA AUSA X1100RH ANO 2012 OPERACIONAL")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198835", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198835", " ROLO COMPACTADOR DYNAPAC LR100")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198845", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198845", "[ VÍDEO ] ESCAVADEIRA HYUNDAI R330-LC-9 ANO 2012. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>220.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>10000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199087", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199087", " ESCAVADEIRA HIDRAULICA LIEBHERR R966 ANO 2019, SÉRIE 1771-47804. OPERACIONAL")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>420.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>10000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199083", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199083", "[ VÍDEO ] PÁ CARREGADEIRA DE ESTEIRA CATERPILLAR 977 ANO 1975. NECESSITA REPAROS ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199085", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199085", " ESCAVADEIRA HIDRAULICA LIEBHERR R954 ANO 2019, SÉRIE 1670-42545. OPERACIONAL")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>420.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197392", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197392", " PEÇAS DIVERSA DO MOTOR C7")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198842", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198842", "[ VÍDEO ] COROA DE GIRO DA ESCAVADEIRA PC200-6 ANO 96")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198833", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198833", " MOTOR DE GIRO DA KOMATSU PC200-6")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198925", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198925", "PÁ CARREGADEIRA CASE 721C. SEM MOTOR E SEM DIFERENCIAL DIANTEIRO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>86.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197386", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197386", "DIFERENCIAL VOLVO M10 C/REDUTOR DE CUBO TRASEIRO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198926", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198926", " CAIXA DE CÂMBIO FORD 14000")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198934", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198934", " MOTOR PRA D8K MODELO D342")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197327", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197327", " MOTO BOMBA MOTOR TOYAMA ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197385", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197385", "RADIADOR DO TEMA TERRA  SP255")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197384", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197384", "RADIADOR VOLVO M10")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197383", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197383", " TAMPA LATERAL ESQUERDA CAT 924H")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197374", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197374", "[ VÍDEO ] DISCO DE GIRO DA AKERMAN COM 79 DENTES, 36 FUROS INTERNOS, E 50 EXTERNOS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199092", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199092", "[ VÍDEO ] PAR DE ESTEIRAS PC200-6")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197361", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197361", " SUIVER DA CAT 320BL")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199320", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199320", "MINI DUMPER AUSA D150RM ANO 2011 OPERACIONAL")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197355", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197355", " PISTÃO DO CAIXOTE 621S")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197350", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197350", " 2 RODA GUIA DE ACABADORA VOGELLI 14AB/AB500")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197349", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197349", " PAR DE MOLAS DA ACADORA VOGELLI 14AB/AB500")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197344", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197344", " RADIADOR DE OLEO DA ESCAVADEIRA VOLVO 210")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199088", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199088", " CABINE APLICAÇÃO EM TRATOR DE ESTEIRA D6T")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197342", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197342", " RADIADOR DE ÁGUA DA KOMATSU PC220")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197339", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197339", "[ VÍDEO ] COROA DE GIRO FIATALLIS FX215")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197338", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197338", " RADIADOR DE ÓLEO DE KOMATSU PC220")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198832", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198832", " PAR DE RODAS DA PA CARREGADEIRA 966H 20X5/25")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197337", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197337", " RADIADOR DE ÁGUA E ÓLEO FX215")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198834", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198834", " ROLETES DE TRATOR D6T 6 ROLETES INFERIOR DUPLO, 8 ROLETES INFERIOR SIMPLES, E 2 SUPERIOR, TOTAL DE 16 ROLETES")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197335", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197335", " RADIADOR  DE ÁGUA CAT 325C")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197334", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197334", " RADIADOR HIDRÁULICO  CAT 325C")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197331", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197331", "CABEÇOTE MOTOR CUMMINS ESMALCAN")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197330", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197330", " CONJUNTO VIRABREQUIM D7 M.025 B.030")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197329", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197329", " ESTEIRA DE PUCHE VOGELE  MODELO 14AB2280 / 14AB/AB500")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198749", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198749", " RADIADOR DA ACABADORA VOGELE MODELO 14AB2280 / 14AB/AB500")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197378", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197378", " RADIADOR MOTO SCRAPER 621A 621B")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197370", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197370", " MOTOR SMALCAN")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197365", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197365", " JOGO DE ALAVANCAS COM CARCAÇA DO PAINEL E VOLANTE VOLVO G940")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197352", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197352", " RADIADOR ESCAVADEURA 320BL")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197351", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197351", " PAR DE PISTÃO DO H DA W30D")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197346", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197346", "CABINE PC200 ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198841", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198841", " PAR DE RODAS DA PA CARREGADEIRA 950G 23X5/25, 20 FUROS")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198844", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198844", " ROLETES PC200-6 14 INFERIOR E 4 SUPERIOR")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197336", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197336", " PAR DE MOTOR DE TRAÇÃO P/ MINI ESCAVADEIRA UNIVERSAL")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197379", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197379", " PTO MOTO SCRAPER 621B")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197375", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197375", "ENGRENAGEM DIRECIONAL DO COMANDO LATERAL DO D6T-XL")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197371", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197371", " CARRETINHA /SEM DOCUMENTO")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197369", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197369", " TROCADOR DE CALOR COM BOMBA DA AGUA D6TXL")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197363", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197363", " TURBINA E COLETOR MOTOR C9")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197359", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197359", " CELA DA PATROL VOLVO G940")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197354", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197354", " BRAÇO DE ARRASTO DA ESCAVADEIRA 320BL")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198843", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198843", " BLOCO MOTOR 3306")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198831", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198831", " 5 ROLETES DO TRATOR D8K")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197340", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197340", " MOTOR DE GIRO DE KOMATSU PC220")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197381", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197381", " PAR DE COLAR DO AD14 FIAT")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198836", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198836", " RADIADOR COMPLETO DA PA CARREGADEIRA 950G")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197388", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197388", "2 CAVALETES COM TAMPA PARA D6D")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197382", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197382", " ARADO HIDRÁULICO DE 5 FACAS")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197376", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197376", " TRANSMISSÃO MOTO SCRAPER 621, 621B, 623B, 627B")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198840", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198840", " MOTOR CATERPILLAR PERKINS 6C DA 924G")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197360", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197360", " MOTOR DE TRAÇÃO DIRECIONAL DO D6TXL")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197345", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197345", "1 MOTOR VOLVO D6 PARCIAL COM VIRABREQUIM E BOMBA INJETORA BOCHI")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197387", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197387", "BOMBA PC200")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197380", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197380", " BOMBA BOCH DO MOTOR 3306. INJEÇÃO DIRETA")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197368", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197368", " TRUCK D6T LADO DIREITO SEM RODA GUIA")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198837", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198837", " MOTOR KOMATSU 6 CILINDRO")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197362", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197362", " CONTROLADOR DE FREIO GRUPO DE VALVULA D6T")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197358", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197358", " ESCARIFICADOR PATROL VOLVO G940")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197357", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197357", "MASCARA FRONTAL  D6TLX")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197391", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197391", " CHICOTE DO MÓDULO DO MOTOR COM AQUECEDOR C7")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197353", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197353", " MOTOR DE GIRO DA 320BL")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198839", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198839", " CAÇAMBA DA PA CARREGADEIRA 966H MEDIDAS 3,40 A 4.60M3")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197394", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197394", " MOTOR C7 MARITIMO")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198931", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198931", "[ VÍDEO ] PAR DE COMANDOS DE TRAÇÃO DO D8K")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197372", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197372", " TRANSMISSÃO 621B")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197364", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197364", "BOMBA DIRECIONAL DO CAT D6T")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197326", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197326", "[ VÍDEO ] TRANSMISSÃO KOMATSU D85")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197393", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197393", " TAMPA DE VALVULAS MOTOR C7")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198927", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198927", " CAÇAMBA DE PÁ CARREGADEIRA 924G")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197348", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197348", "PAR DE ESTEIRA COM 49 ELOS DA ACABADORA VOGELLI 14AB2280")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198929", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198929", " PISTÃO DE ARRASTO DE PC200-6")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197341", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197341", "1 REDUTOR DE TRAÇÃO DA FIATALLIS FX215")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197325", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197325", "COMANDO TRASEIRO COMPLETO KOMATSU D85")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197377", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197377", " RADIADOR MOTO SCRAPER 631C")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198933", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198933", " CABINE VAZIA PC200-6")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197373", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197373", "[ VÍDEO ] GERADOR 30KVA MOTOR YANMAR 4 CILINDRO. ACOMPANHA CARRETINHA")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198932", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198932", " CABINE PÁ CARREGADEIRA 924G")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198930", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198930", " EIXO DIFERENCIAL TRASEIRO DA 950G")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198928", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198928", " CAÇAMBA DE RETROESCAVADEIRA CATERPILLAR MOD. 416E")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198937", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198937", " H DE ARTICULAÇÃO DE CAÇAMBA DE RETROESCAVADEIRA 416E")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198936", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198936", " BRAÇO STICK DE CAÇAMBA PARA 950G")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198935", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198935", " EIXO DIFERENCIAL DIANTEIRO DE 966H")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...111 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199090", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199090", " TORQUE DO TRATOR DE ESTEIRA D6R")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199086", "098")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199086", " TANQUE EXPAGIDOR")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199089", "099")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199089", " CAÇAMBA PA CARREGADEIRA 950G")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199097", "100")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199097", " EIXO DIFERENCIAL DIANTEIRO DE PÁ CARREGADEIRA CATERPILLAR 950G")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...68 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199098", "101")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199098", " CAPÔ PA CARREGADEIRA CAT 966H")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199099", "102")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199099", " LAMINA TRATOR DE ESTEIRA D6T")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199093", "103")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199093", " PAR DE PISTÃO DO LEVANTE DA PC200-6")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199091", "104")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199091", " CONCHA RETRO 416E")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199094", "105")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199094", " BRAÇO DA CONCHA RETRO 416E")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199082", "106")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199082", " PISTÃO DA CONCHA RETRO 416E")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199084", "107")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199084", " BRAÇO DE ARRASTO RETRO 416E")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199081", "108")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199081", " PISTÃO DO LEVANTE DA RETRO 416E")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199096", "109")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199096", " EIXO DIFERENCIAL DIANTEIRO DA PA CARREGADEIRA 950G")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197389", "110")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197389", " PEÇAS DIVERSA DO MOTOR C7")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...25 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197390", "111")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197390", " TURBINA, ALTERNADOR, TROCADOR DE CALOR, E UMA BOMBA DAGUA MOTOR C7")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...3230 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197395", "112")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197395", " CAPA SECA E VOLANTE MOTOR C7")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>