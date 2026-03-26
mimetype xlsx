--- v0 (2026-02-09)
+++ v1 (2026-03-26)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198546", "005")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198546", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2021/2022; BRANCA; DIESEL - FUNC. - IPVA 2023 OK - APROX. 13.800KM - FIPE R$ 263.987,00")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>106</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>142.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198541", "012")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198541", "veja o vídeo!! FIAT/STRADA WORKING; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198542", "014")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198542", "veja o vídeo!! FIAT/STRADA WORKING CE; 2016/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198543", "015")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198543", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2017/2018; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198544", "018")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198544", "veja o vídeo!! FIAT/STRADA TREK CE 1.6; 2012/2013; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198548", "019")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198548", "FIAT/STRADA TREK CD 1.6; 2015/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198545", "022")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198545", "veja o vídeo!! I/NISSAN FRONTIER LE X4; 2021/2022; AZUL; DIESEL - FUNCIONANDO - APROX. 19.100KM - FIPE: R$ 236.207,00")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198547", "028")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198547", "veja o vídeo!! VW/KOMBI FURGÃO; 2008/2009; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198549", "090")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198549", "TRATOR FORD; MODELO 8N; ANO DE FABRICAÇÃO DÉCADA DE 50")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196838", "100")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196838", "EMPILHADEIRA CLARK 7 TON")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196836", "101")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196836", "EMPILHADEIRA CLARK 2,5 TON (NÃO ACOMPANHA CILINDRO DE GÁS)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196857", "108")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196857", "RETROESCAVADEIRA  MASSEY FERGUSON; MODELO 86 HD; ANO 1987")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198550", "109")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198550", "RETROESCAVADEIRA JCB; MODELO 3CX 4X4; ANO 2016; EMPLACADA - FUNCIONANDO - PLACA FINAL 40")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>153.750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...153 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198551", "110")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198551", "RETROESCAVADEIRA JCB; MODELO 3CX 4X4; ANO 2016; EMPLACADA - FUNCIONANDO - PLACA FINAL 65")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>91</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196851", "145")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196851", "CAÇAMBA COMPACTADORA DE LIXO PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...47 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196853", "150")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196853", "CAÇAMBA COMPACTADORA DE LIXO PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...190 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196855", "155")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196855", "COMPACTADOR DE LIXO; MARCA PLANALTO; 19 METROS CUBICOS; PARA CAMINHÃO TRUCADO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>