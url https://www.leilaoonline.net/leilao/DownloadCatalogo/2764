--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196991", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196991", "ROLO COMPACTADOR DE PNEUS HAMM; MOD. GRW18; ANO 2008. - RP 004. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>160.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196992", "101")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196992", "ESCAVADEIRA HIDRAÚLICA CATERPILLAR 20 TON; MOD.  320 C; ANO 2005. - EH 003. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196993", "102")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196993", "ESCAVADEIRA HIDRAÚLICA JCB 20 TON; MOD. JS 200 LC; ANO 2009. - EH 011. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>220.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196994", "103")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/196994", "(VEJA VIDEO) ESCAVADEIRA HIDRAÚLICA HYUNDAI 20 TON; MOD. R210LC-7; ANO 2008. - EH 905. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>240.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>