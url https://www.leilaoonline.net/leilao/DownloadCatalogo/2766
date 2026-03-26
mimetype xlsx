--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,1435 +269,1259 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197446", "025")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197446", "veja o vídeo!! HONDA/CITY LX CVT; 2019/2020; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>61.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197441", "026")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197441", "JEEP/COMPASS LONGITUDE F; 2017/2018; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>78.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197779", "027")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197779", "veja o vídeo!! I/AUDI TT CP 2.0TFSI; 2013/2013; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>116.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198639", "028")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198639", "veja o vídeo!! HYUNDAI/HB20S 16A VISION; 2019/2020; AZUL; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>47.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198487", "029")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198487", "veja o vídeo!! HONDA/CITY PERSONAL; 2019/2019; AZUL; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 46.000KM")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>47.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197445", "030")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197445", "veja o vídeo!! HONDA/WR-V EX CVT; 2018/2018; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197459", "031")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197459", "veja o vídeo!! JEEP/COMPASS LONGITUDE F; 2017/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>56.250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198644", "032")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198644", "veja o vídeo!! CHEV/ONIX JOY BLACK; 2020/2021; CINZA; ALCO./GASOL. - FUNC. - IPVA 2023 OK - APROX. 17.600KM")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>47.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197838", "033")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197838", "veja o vídeo!! HYUNDAI/CRETA 16A ATTITU; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - APROX. 30.800KM - IPVA 2023 OK")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>56.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197447", "034")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197447", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2013/2013; PRATA; DIESEL - FUNCIONANDO - IPVA 2023 OK ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>97.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198667", "035")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198667", "veja o vídeo!! HONDA/CIVIC LXL FLEX; 2010/2010; DOURADA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198691", "036")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198691", "veja o vídeo!! JEEP/COMPASS TRAILHAWK D; 2020/2020; PRATA; DIESEL - FUNC. - IPVA 2023 OK - FIPE R$ 156.125,00")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>87.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198696", "038")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198696", "VW/GOLF 1.6 SPORTLINE; 2010/2011; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197438", "039")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197438", "veja o vídeo!! HONDA/HR-V EXL CVT; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - FIPE: R$ 118.084,00")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>71.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198641", "040")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198641", "veja o vídeo!! HYUNDAI/HB20 10M SENSE; 2020/2021; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>36.250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198694", "041")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198694", "veja o vídeo!! CHEVROLET/MONTANA SPORT; 2014/2015; VERMELHA; ALCO./GASOL. - FUNCIONANDO  - IPVA 2023 OK")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198652", "042")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198652", "veja o vídeo!! TOYOTA/ETIOS HB XS 15; 2015/2015; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>31.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197443", "045")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197443", "veja o vídeo!! HONDA/FIT PERSONAL; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 21.500KM")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>37.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198642", "047")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198642", "veja o vídeo!! FIAT/UNO VIVACE 1.0; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198643", "049")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198643", "veja o vídeo!! FORD/KA; 2007/2007; PRETA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198640", "050")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198640", "HONDA/FIT LX FLEX; 2013/2014; PRATA, ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198646", "051")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198646", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2012/2013; PRATA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>97.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198678", "052")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198678", "veja o vídeo!! IMP/VOLVO V40 2.0 T; 2001/2001; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197442", "053")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197442", "veja o vídeo!! RENAULT/DUSTER 16 D 4X2; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198653", "054")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198653", "veja o vídeo!! VW/SAVEIRO 1.8 SURF; 2008/2009; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>31.200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198648", "055")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198648", "veja o vídeo!! CHEV/PRISMA 1.4AT LTZ; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - FIPE: R$ 66.415,00")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197439", "058")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197439", "NISSAN/VERSA 10 S; 2015/2016; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198647", "060")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198647", "veja o vídeo!! I/VW SPACEFOX SPORT.GII; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198665", "065")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198665", "veja o vídeo!! HONDA/FIT LX FLEX; 2010/2010; PRETA; ALCO./GASOL.  - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198650", "069")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198650", "I/CHEVROLET AGILE LTZ; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197465", "070")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197465", "veja o vídeo!! HONDA/CITY PERSONAL; 2019/2019; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197461", "075")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197461", "veja o vídeo!! I/CHEVROLET CAMARO 2SS; 2012/2013; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>92.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198675", "077")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198675", "veja o vídeo!! I/VW TIGUAN 2.0 TSI; 2010/2011; PRETA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197460", "080")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197460", "FIAT/STRADA WORKING; 2014/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197464", "083")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197464", "veja o vídeo!! HONDA/FIT EX CVT; 2014/2015; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>41.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198657", "085")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198657", "veja o vídeo!! CITROEN/C3 PICASSO EXC A; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198674", "090")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198674", "veja o vídeo!! VW/GOL 1.0 GIV; 2011/2011; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...463 lines deleted...]
-      <c r="D26" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198677", "100")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198677", "veja o vídeo!! FORD/ECOSPORT XLT; 2008/2009; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197462", "105")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197462", "veja o vídeo!! HONDA/CITY EX CVT; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>113</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>47.750,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197463", "110")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197463", "CHEVROLET/ONIX 1.4AT LTZ; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>39.250,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198670", "115")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198670", "veja o vídeo!! HONDA/CIVIC LX; 2002/2003; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
-[...676 lines deleted...]
-      <c r="F47" s="4" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198655", "120")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198655", "RENAULT/SCENIC EXP 1616V; 2005/2006; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-[...158 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197466", "200")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197466", "JOGO DE RODAS 5 FUROS ARO 18" COM PNEUS 215 X 35")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>2.650,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197467", "205")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197467", "JOGO DE RODAS ORBITAL (FUTURA) ARO 14 COM PNEUS")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>