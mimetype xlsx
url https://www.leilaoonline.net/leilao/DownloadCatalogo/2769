--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,283 +269,251 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197893", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197893", " TRATOR PNEUS SUPER PESADO PUMA 205; ANO 2014/2014. - FROTA: 02003166. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>164.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197895", "101")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197895", " TRATOR PNEU MÉDIO FARMALL 110; ANO 2013/2013. - FROTA: 02007054. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>104.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197890", "102")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197890", " TRATOR PNEU MÉDIO FARMALL 110; ANO 2012/2012. - FROTA: 02007042. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>102.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197892", "103")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197892", " TRATOR PNEU MÉDIO FARMALL 110; ANO 2012/2012. - FROTA: 02007035. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>106.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197889", "104")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197889", " TRATOR PNEUS SUPER PESADO PUMA 205; ANO 2014/2014. - FROTA: 02003167. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>123.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197894", "105")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197894", " TRATOR PNEUS SUPER PESADO PUMA 205; ANO 2013/2013. - FROTA: 02003151. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>122.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197891", "106")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197891", " TRATOR PNEUS SUPER PESADO PUMA 205; ANO 2013/2013. - FROTA: 02003123. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197888", "107")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197888", " CAMINHÃO VOLKSWAGEM 5.140E DELIVERY; ANO 2008/2008; BRANCO. - FROTA: 02001402. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>