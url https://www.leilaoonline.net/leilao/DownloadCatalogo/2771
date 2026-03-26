--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,1499 +269,1315 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198750", "005")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198750", "CHEVROLET/SPIN 1.8L MT LS E; 2021/2021 - FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197883", "012")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197883", "FIAT FIORINO HD WKE; 2018/2019 - FUNCIONANDO - FROTA 09 - FIPE R$ 68.384,00")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>44.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197882", "013")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197882", "FIAT FIORINO ENDURANCE EVO 1.4; 2020/2021 - FUNCIONANDO - FROTA 07 - FIPE R$ 78.219,00")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197884", "014")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197884", "GM - CHEVROLET MONTANA LS; 2014/2015 - FUNCIONANDO - FROTA 28 - FIPE R$ 44.020,00")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197885", "015")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197885", "GM - CHEVROLET MONTANA LS; 2014/2015 - FUNCIONANDO - FROTA 98")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>25.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198473", "016")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198473", "VW NOVA SAVEIRO RB MBVS; 2019/2020 - FUNCIONANDO - FROTA 63")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198475", "017")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198475", "VW VOYAGE 1.6L MB5; 2020/2021 - FUNCIONANDO - FROTA 33")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198476", "018")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198476", "TOYOTA HILUX CHLSTM4FD; 2020/2020; DIESEL - FUNCIONANDO - APROX. 112.300KM - FROTA C53 ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198474", "019")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198474", "TOYOTA HILUX CHLSTM4FD; 2018/2018; DIESEL - FUNCIONANDO - APROX. 80.000KM - FROTA 74")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>66.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198477", "020")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198477", "TOYOTA HILUX CHLSTM4FD; 2020/2020; DIESEL - FUNCIONANDO - APROX. 134.600KM - FROTA D38")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>94.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197887", "021")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197887", "TOYOTA HILUX CHLSTM4FD; 2020/2020; DIESEL - FUNCIONANDO - APROX. 103.200KM - FROTA C52")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>93.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198693", "022")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198693", "TOYOTA/HILUX CSLSTM4FD 4X4; 2020/2020 - FUNCIONANDO - FROTA C54")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>111.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198692", "023")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198692", "CHEVROLET/SPIN 1.8L MT PREMIER; 2021/2022 - FUNCIONANDO - APROX. 68.048KM - COD PATIO 19")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198478", "024")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198478", "CHEVROLET/SPIN 1.8L MT LS E; 2021/2021 - FUNCIONANDO - PLACA FINAL 17 - COD. PATIO 44")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...100 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198479", "025")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198479", "CHEVROLET/SPIN 1.8L MT LS E; 2021/2021 - FUNCIONANDO - PLACA FINAL 13 - COD. PATIO 45")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>42.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197886", "027")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197886", "VW GOL 1.0L MC4; 2018/2019 - FUNCIONANDO - FROTA 23")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198472", "028")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198472", "CAMIONETE CHEVROLET S10 LS DS4 4X4; 2017/2018 - FUNCIONANDO - FROTA 52 - FIPE R$ 136.475,00")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198483", "029")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198483", "CHEVROLET S10 LS DD4; 2021/2022; 4X4; DIESEL - FUNCIONANDO - FROTA G33 - FIPE R$ 176.075,00")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>118.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197898", "032")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197898", "NISSAN FRONTIER S MTX4; 2021/2021; CABINE DUPLA; 4X4; DIESEL - FUNCIONANDO - FROTA J54 - FIPE R$ 152.275,00")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>107.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197899", "034")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197899", "I/FORD RANGER XL 13P 4X4; CABINE DUPLA; 2011/2011; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>47.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197873", "035")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197873", "CHEVROLET/SPIN 1.8L MT LS; 2021/2021 - FUNCIONANDO - FROTA 60")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197874", "036")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197874", "CHEVROLET/SPIN 1.8L MT LS; 2021/2021 - FUNCIONANDO - FROTA 08")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197875", "037")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197875", "CHEVROLET/SPIN 1.8L MT LS E; 2021/2021 - FUNCIONANDO - PLACA FINAL 32 - COD. PATIO 42")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197876", "038")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197876", "CHEVROLET/SPIN 1.8L MT LS E; 2021/2021 - FUNCIONANDO - PLACA FINAL 53 - COD. PATIO 43")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197877", "039")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197877", "CHEVROLET/SPIN 1.8L MT LS E; 2021/2021 - FUNCIONANDO - PLACA FINAL 17 - COD. PATIO 44")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197878", "040")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197878", "CHEVROLET/SPIN 1.8L MT LS E; 2021/2021 - FUNCIONANDO - PLACA FINAL 13 - COD. PATIO 45")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...64 lines deleted...]
-      <c r="A18" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197879", "041")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197879", "CHEVROLET/SPIN 1.8L MT LS E; 2021/2021 - FUNCIONANDO - PLACA FINAL 80 - COD. PATIO 04")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197880", "042")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197880", "CHEVROLET/SPIN 1.8L MT LS E; 2021/2021 - FUNCIONANDO - PLACA FINAL 69 - COD. PATIO 33")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197881", "043")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197881", "CHEVROLET/SPIN 1.8L MT LS E; 2021/2021 - FUNCIONANDO - PLACA FINAL 76 - COD. PATIO 38")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198485", "044")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198485", "CAMIONETE KIA UK 2500 HD - SC; 2011/2012; CAB. SUPLEMENTAR E CARROCERIA - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198480", "045")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198480", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; ALCO./GASOL. - FUNCIONANDO - PLACA FINAL 814")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197896", "046")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197896", "RENAULT MASTER FURGÃO; 2018/2019 - FUNCIONANDO - FROTA 17")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>58.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197901", "047")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197901", "RENAULT MASTER FURGÃO; 2017/2018 - FUNCIONANDO - FROTA 97")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
-      <c r="B18" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...25 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197897", "048")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197897", "RENAULT MASTER FURGÃO; 2017/2018 - FUNCIONANDO - FROTA 87")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>92.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198482", "050")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198482", "JEEP COMPASS LONGITUDE; 2021/2021; AUTOMÁTICO; DIESEL - FUNCIONANDO - FROTA 83 - FIPE R$ 169.307,00")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>111.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198564", "051")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198564", "SSANGYONG KYRONM200XDI; 2011/2011 - FUNCIONANDO - FINAL PLACA 09")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197904", "053")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197904", "EVOQUE PURE P5D; 2015/2015")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198484", "057")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198484", "VW AMAROK CD 4X4 HIG; 2012/2013; CABINE DUPLA - FUNCIONANDO - PLACA FINAL 38")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="B20" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>33.250,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197903", "058")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197903", "FIAT DOBLO ESSENCE 7L E; 2021/2021 - FUNCIONANDO - FROTA 62 - FIPE R$ 82.424,00")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198486", "059")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198486", "FIAT DOBLO ESSENCE 7L E; 2021/2021 - FUNCIONANDO - FROTA 91")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198481", "060")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198481", "CHEVROLET/CRUZE LT NB; 2012/2012; ALCO./GASOL./GNV - FUNCIONANDO - PLACA FINAL A20")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197908", "080")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197908", "CAMINHÃO IVECO/TRAKKER 720T 42TN; 2009/2010; ANO TIPO TRAÇÃO CAMINHÃO TRATOR")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197905", "085")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197905", "CAMIONETE KIA UK 2500 HD SC; 2019/2020; BAÚ - FROTA 58")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...63 lines deleted...]
-      <c r="E23" s="5" t="inlineStr">
+      <c r="E53" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
-      <c r="F23" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D25" s="4" t="inlineStr">
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197906", "086")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197906", "CAMIONETE KIA UK 2500 HD SC; 2019/2020; BAÚ - FROTA 16")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E25" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F25" s="4" t="inlineStr">
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-[...288 lines deleted...]
-      <c r="A35" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197907", "087")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197907", "CAMIONETE KIA UK 2500 HD SC; 2019/2020; BAÚ - FROTA 94")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
-      <c r="B35" s="4" t="inlineStr">
-[...653 lines deleted...]
-      </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>77.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197909", "090")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/197909", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FUNCIONANDO - FROTA 539")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>30.750,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>