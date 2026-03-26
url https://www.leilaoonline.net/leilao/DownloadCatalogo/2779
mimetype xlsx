--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,3451 +269,3023 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200468", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200468", " ESCAVADEIRA KOMATSU PC 150. motor reformado, rodante novo, sem bomba")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200847", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200847", "02 tratores agrícolas. Sendo um Massey Fergunson 292 e um Agrale 5080 , no estado que se encontra")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200848", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200848", "Trator FD 110")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200849", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200849", "Sucata de Empilhadeira Mitsubishi")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200487", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200487", " peças diversas máquinas pesadas")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200488", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200488", " peças Cummins, no estado ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200530", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200530", " peças diversas para máquinas pesadas conforme lote exposto")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200506", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200506", " peças hidráulicas para máquinas Case , Cat ,  desmanche ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200523", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200523", " peças Hidráulicas diversas case , Cat ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200508", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200508", " peças diversas no estado")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200498", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200498", " peças de motor Mercedes")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200499", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200499", " motor 3116 , bloco e cabeçote bom para uso ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200497", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200497", " peças de motor Cummins, no estado")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200483", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200483", " motor 3114 Cat , std peças boas para uso , no estado")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200482", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200482", " intercooler máquinas pesadas , case ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200477", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200477", " radiador e intercooler case , no estado")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200496", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200496", " peças elétricas diversas case , Komatsu , Cummins, no estado")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200495", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200495", " escapes e filtro case , Cat no estado")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200459", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200459", " radiadores diversos")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200527", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200527", " radiadores e trocadores de calor")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200509", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200509", " motor para funcionamento em máquinas com imã para sucata")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200517", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200517", " peças diversas swing , redutor conversor máquinas pesadas ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200494", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200494", " par de garfos empilhadeiras 155vx , no estado")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200502", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200502", " Transmissão completa empilhadeira Yale 155vx , no estado")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200505", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200505", " vidros para máquinas case , diversos")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200492", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200492", "  peças para maquiand case 821E , 721E no estado")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200513", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200513", " diferencias e eixo empilhadeiras 7 tn hyster Xm , no estado")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200473", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200473", " cabine 924f caterpillar, no estado")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200501", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200501", " componentes eletrônicos para máquinas pesadas , empilhadeira e muck")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200469", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200469", " componentes eletrônicos para máquinas pesadas , empilhadeiras")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200491", "030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200491", " Conjunto de arrefecimento da 821E, 721E case ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200481", "031")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200481", " torre de empilhadeira 155vx")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200500", "032")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200500", " torre de empilhadeira hyster 7 t")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200493", "033")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200493", " bielas de escavadeiras case , Cat , Komatsu no estado ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200478", "034")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200478", " guias de esteiras diversas case , Cat , Komatsu ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200485", "035")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200485", " pinos pc 200 no estado")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200489", "036")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200489", " pinos diverso case , caterpillar , Komatsu no estado ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200479", "037")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200479", " sapatas case , Komatsu Cat no estado")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200476", "038")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200476", " comando hidráulico case no estado")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200504", "039")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200504", " carros de empilhadeira e base para Rompedor")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200525", "040")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200525", " bases de filtros case no estado")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200519", "041")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200519", " implemento para mini carregadeira")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200514", "042")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200514", " peças empilhadeira xm hyster")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200526", "043")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200526", " molas escavadeira case")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200512", "044")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200512", " suportes , degraus para escavadeira")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200518", "045")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200518", "04 pneus 17.5.25 bom para uso. No estado ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200464", "046")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200464", " pneus 15.5/80.24 em bom estado manipulador manitou , no estado")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200474", "047")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200474", " pneus 265/60R18 de frontier , no estado")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200484", "048")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200484", " transmissão do trator SD 16 Shantui. No estado que se encontra")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200465", "049")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200465", " ponteiros para Rompedor hidráulico no estado")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200471", "050")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200471", " braço articulador , no estado ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200520", "051")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200520", " passarela para máquinas pesadas")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200515", "052")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200515", " 3 capuz para máquinas case 621E  , 721E, 821E , no estado ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200522", "053")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200522", " tanque para máquinas casa 721E , 821E")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200521", "054")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200521", " carrilhos novos e semi novos para escavadeira 350 e outros")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200524", "055")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200524", " Pinos diversos bom para uso ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200507", "056")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200507", " Motor isuzu par escavadeiras 350 , no estado")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200528", "057")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200528", " bomba hidráulica escavadeira 350 , Kawasaki. Semi nova")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200510", "058")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200510", " comando hidráulico escavadeira cx 350 b e outras")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200511", "059")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200511", " tampas laterais escavadeira cx 350 b ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200529", "060")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200529", " motor Perkins no estado")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200516", "061")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200516", " porta garfos completo , para pá mecânica   Universal ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200503", "062")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200503", " paletadeira")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200475", "063")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200475", " paletadeira")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200470", "064")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200470", " garfo para empilhadeira 10 t")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200462", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200462", " Pneus 265/60R18")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200466", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200466", " Pneus 226/50R17")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200472", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200472", " Pneus 215/60R17")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200490", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200490", " motor sucateado ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200463", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200463", " cilindro para escavadeira 350 ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200480", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200480", " impressora  no estado que se encontra")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200467", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200467", "Grande lote contendo peças de almoxarifado originais Iveco. Veja Descritivo de itens.")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200597", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200597", " concha equipando caterpillar 924f e outros , no estado que se encontra")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200600", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200600", " peças diversas caterpillar")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200608", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200608", " transmissão 924f completa no estado")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200610", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200610", "[ VÍDEO ] Motor 3114 , 924F Caterpillar. Desinstalado. Em bom estado")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200616", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200616", "02 coroas de giro . PC200  Série 8. Sem uso")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>9.900,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200593", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200593", " H articulador de levante , caterpillar ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200595", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200595", " peças diversas Cat")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200605", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200605", " peças diversas")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200596", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200596", " peças magnéticas , Eletricas")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200606", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200606", " peças diversas")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200602", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200602", " peças diversas")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200609", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200609", " peças elétricas industriais")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200603", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200603", " peças diversas")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200599", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200599", " filtros diversos")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200594", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200594", " discos máquinas pesadas")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200604", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200604", " peças diversas máquinas pesadas")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200598", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200598", " Empilhadeira 155vx. No estado em que se encontra")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200607", "095")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200607", "[ VÍDEO ] Manipulador manitou e acessórios , com motor , no estado ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
+      <c r="F100" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...15 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200617", "098")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200617", "radiadores para máquinas pesadas caterpillar , no estado que se encontra")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200618", "099")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200618", "peças para ar condicionado máquinas pesadas")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198858", "100")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198858", "[ VÍDEOS ] ESCAVADEIRA HIDRÁULICA CASE CX470B. 47 toneladas , com kit para Rompedor (não acompanha o rompedor). Operacional")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>300.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200619", "101")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200619", "Filtros diversos equipamentos Case")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198846", "151")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198846", " Escavadeira cx 220C , no estado que se encontra")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198856", "152")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198856", " Sennebogen , manipulador de sucatas , sem motor , no estado que se encontra , ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198857", "153")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198857", "Ônibus / pas, VW9150, ano 2007/2008 , Neobus Thunder , 22 lugares , motor e freios revisados , no estado que se encontra")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198849", "154")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198849", " Trator shantui sd 16 , com transmissão aberta ! Motor em ótimo estado , no estado que se encontra ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198850", "155")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198850", " Trator shantui SD 16 , desmanchado , no estado que se encontra")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198848", "156")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198848", " Escavadeira jonh deere , operacional , no estado que se encontra")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198852", "157")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198852", " Torre de iluminação, falta peças e partes , no estado que se encontra")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198853", "158")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198853", " Torre de iluminação faltando peças e partes , no estado que se encontra")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200458", "161")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200458", " Peças diversas para máquinas Cat , case , Komatsu,  no estado que se encontra ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...95 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E113" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200461", "162")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200461", " comandos hidráulicos e transmissão empilhadeira Yale 155vx ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E21" s="5" t="inlineStr">
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200460", "163")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200460", " peças diversas máquinas pesadas , Cummins, caterpillar, Scania")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
+      <c r="F115" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...3006 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200601", "200")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200601", " Manipulador de sucata , motor retificado , zero hora , acompanha garra de sucata , no estado ")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>400.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200486", "201")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200486", " ESCAVADEIRA KOMATSU PC 160 série 8. OPERACIONAL")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>