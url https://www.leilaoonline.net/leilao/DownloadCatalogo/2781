--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198947", "500")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198947", " MBSSG-075-2023-EP25. - PLATAFORMA ELEVATÓRIA HAULOTE; MOD. 10 TON. ANO: 2006. - LOC. CANAÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>127</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>24.700,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198948", "501")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198948", " SLB-010-2023. - PLATAFORMA ELEVATÓRIA GENIE; MOD. Z45/25J. - LOC. MARABA/PA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198953", "502")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198953", " SSG-012-2023-VE38. - CAMINHÃO MERCEDES BENZ; AXOR 2831 6X4; ANO 2010/2010; BRANCO. - LOC. CANAÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>130</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>162.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198949", "503")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198949", " SLB-027-2023. - 1 FORNO; VEJA ESPECIFICAÇÕES ABAIXO. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198950", "504")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198950", " SLB-029-2023. - EMPILHADERIA CLARK; MOD. C70D 7000KG; ANO 2010. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198952", "505")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198952", " SLB-030-2023. - BALANÇA THERMO / ANALISADOR DE UMIDADE. - MARABÁ/PA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198955", "506")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198955", " SLB-032-2023. - BANHO ULTRASSOM. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198954", "507")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198954", " SLB-033-2023. - PALETEIRA MANUAL COM BALANÇA; ANO 2017. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198951", "508")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198951", " OIA-009-2023-INV. - APROX. 67 ITENS. - ROTORES; FILTROS; BUCHA ROLAM. E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. OURILÂNDIA DO NORTE/PA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>7.100,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198946", "509")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/198946", " MBSSG-077-2023-INV. - APROX. 171 ITENS. - LUVA EMENDA; ROLAMENTOS; ROLETES E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. CANAÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>