--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,1467 +269,1287 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199038", "050")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199038", "CAMINHÃO FORD/CARGO 1618; 1988/1988; BRANCA; DIESEL; MUNK 20.500 MARCA ARGOS - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199039", "055")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199039", "CAMINHÃO M. BENZ/1618M; 2000/2000; BRANCA; MUNK 12/500; MARCA MICHELETO - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200142", "060")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200142", "LOTE COM IMPLEMENTOS DIVERSOS (INFORMAÇÕES NAS ESPECIFICAÇÕES)")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199036", "070")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199036", "MOINHO DE CALCARIO; MARCA MAQBRIT; 80 DE COMPRIMENTO POR 40 DE LARGURA - 2 PEÇAS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199040", "071")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199040", "LOTE COM 1 PLAINA; 1 BRUNIDORA E 1 RETIFICA - LANCE POR KG")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199037", "075")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199037", "veja o vídeo!! MISTURADOR MARCA ETISA COM REDUTORES E ROSCA SE FIM - 2 PEÇAS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199043", "079")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199043", "APROX. 9 TONELADAS DE ARAME TUBULAR INOX 1 / 16 / 1.6 MM 33VCSP / 15 KG O CARRETEL - LANCE POR KG")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>7,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199031", "080")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199031", "4 PNEUS; MARCA TITAN (SEM USO)")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199032", "081")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199032", "8 PNEUS; MARCA BKT (SEM USO)")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199041", "085")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199041", "ESTRUTURA DE UM GALPÃO REFEITÓRIO TIPO ESPACIAL; 640 METROS QUADRADOS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199042", "086")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199042", "LOTE COM 1 BOCA PARA GARRA SUCATEIRO; MARCA GRIMALDI")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199033", "090")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199033", "LOTE COM 2 ESTEIRAS DE 66M DE COMPRIMENTO POR 1.40M DE LARGURA; COM REDUTORES E CORREIAS DE 1.15M DE LARGURA - 130M DE CORREIA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199034", "091")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199034", "1 ALIMENTADOR COM REDUTORES; MEDIDAS: 5M DE COMPRIMENTO POR 2.30M DE LARGURA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199035", "092")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199035", "1 ALIMENTADOR COM REDUTORES; MEDIDAS: 5M DE COMPRIMENTO POR 2.30M DE LARGURA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200141", "095")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200141", "PRENSA COM MOTOR E REDUTOR")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199028", "100")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199028", "SECADOR ROTATIVO PARA LAMAS E ARCILHAS ORGÂNICAS PROVENIENTES DE ESTAÇÕES DE TRATAMENTO DE EFLUENTES")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199030", "101")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199030", "BALANÇA AFTS ROBUST COM 22 METROS DE COMPRIMENTO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199044", "102")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199044", "BARRACÃO COM VIGAS TRELIÇAS MENOS TELHAS 27 TONELADAS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199045", "103")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199045", "USINA DE ASFALTO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199046", "104")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199046", "GERADOR DE ENERGIA 375 KVA FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199047", "105")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199047", "350 METROS DE COBRE")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199048", "106")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199048", "BRITADOR CONE KRUPP")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199049", "107")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199049", "GERADOR DE ENERGIA 210 KVS MOTOR CUMIS")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199050", "108")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199050", "veja o vídeo!! 50 TONELADAS DE TUBOS DE 8. 10. 12. 14 POLEGADAS COMPRIMENTO DE 8 E 12 METROS - LANCE POR KG")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199051", "109")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199051", "BRITADOR 100/13 DESMONTADO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199052", "110")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199052", "GERADOR ENERGIA 110 KVA; FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199053", "111")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199053", "GERADOR DE ENERGIA DE 55 KVA GABINADO; FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199054", "112")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199054", "SULCADOR DE CANA; MARCA JUMIL; MODELO JM3520SH; ANO 2011")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199055", "113")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199055", "DISTRIBUIDORA DE CANA; MARCA DMB; MODELO DCP5000; ANO 2011")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199056", "114")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199056", "KIT HIDRÁULICO; MARCA HYVA; ANO 2018; PRÓPRIO PARA PISO MÓVEL E RODOCAÇAMBA")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199057", "115")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199057", "COMBOIO DE ABASTECIMENTO; MARCA GASCON; ANO INDEFINIDO; CAPACIDADE DE ARMAZEN. DE ÓLEO: 4.000L; COMPARTIMENTOS PARA LUBRIFICANTE E OUTROS")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199058", "116")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199058", "CARROCERIA; TODA COM ESTRUTURA DE VIGAS REFORÇADAS; ASSOALHO EM CHAPA DE AÇO; 7M DE COMPRIMENTO; 2,6M DE LARGURA")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199059", "117")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199059", "EQUIPAMENTO HIDRÁULICO PARA PERFURAR")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199060", "118")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199060", "BAÚ; MEDIDAS: 9M DE COMPRIMENTO POR 2,60M DE LARGURA")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199061", "119")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199061", "LOTE COM 25 TONELADAS DE EQUIPAMENTOS DE BRITAGEM; COM ESTEIRA E REDUTORES - LANCE POR KG")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>2,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199062", "120")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199062", "LOTE COM 15 TONELADAS DE TUBOS DE 2/5; TAMANHO ACIMA DE 3 METROS ATÉ 6 METROS - LANCE POR KG")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>4,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199063", "121")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199063", "LOTE COM 5 TONELADAS DE TUBOS DE 2 POLEGADAS; 2,80M DE COMPRIMENTO - LANCE POR KG")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>3,50</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199064", "122")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199064", "LOTE COM 5 TONELADAS DE TUBOS DE 2 POLEGADAS; 2,80M DE COMPRIMENTO - LANCE POR KG")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199065", "123")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199065", "LOTE COM 5 TONELADAS DE TUBOS DE 2 POLEGADAS; 2,80M DE COMPRIMENTO - LANCE POR KG")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>3,50</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199066", "124")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199066", "LOTE COM 5 TONELADAS DE TUBOS DE 2 POLEGADAS; 2,80M DE COMPRIMENTO - LANCE POR KG")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199067", "125")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199067", "LOTE COM 5 TONELADAS DE TUBOS DE 2 POLEGADAS; 2,80M DE COMPRIMENTO - LANCE POR KG")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>3,50</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199068", "126")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199068", "LOTE COM 5 TONELADAS DE TUBOS DE 2 POLEGADAS; 2,80M DE COMPRIMENTO - LANCE POR KG")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>3,50</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199069", "127")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199069", "LOTE COM 5 TONELADAS DE TUBOS DE 2 POLEGADAS; 2,80M DE COMPRIMENTO - LANCE POR KG")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199070", "128")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199070", "LOTE COM 5 TONELADAS DE TUBOS DE 2 POLEGADAS; 2,80M DE COMPRIMENTO - LANCE POR KG")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199071", "129")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199071", "APROX. 10 TONELADAS DE CHAPA SILÍCIO; 0,35 GRÃO ORIENTADO - LANCE POR KG")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>