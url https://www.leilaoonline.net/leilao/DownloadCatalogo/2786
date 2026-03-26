--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,1851 +269,1623 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202036", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202036", "KIA MARGENTIS ANO 2009/2010. ACOMPANHA MANUAL E CHAVE RESERVA.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>17.150,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200133", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200133", "[ VÍDEO ] Triciclo Lambretta, Carroceria de madeira, tração traseira,  Década de 1960, Cor vermelha,  Sem Doc. Veic Ornamental, P/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201877", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201877", "[ VÍDEO ] Lambretta Cynthia restaurada, motor 175 cc 1975.Sem documento.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200143", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200143", "[ VÍDEO ] Lote de itens Antigos. Sendo: 01 - Relógio De Ponto, 02-Relógios quadrados grandes, 01 - Campainha de elétrica de Sino. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202037", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202037", "[ VÍDEOS ] HONDA GOLDWING 1800cc ANO 2001")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200134", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200134", " Lambreta Triciclo Carroceria de madeira c/ Tração Década de 1970, Cor azul Sem Doc. Veic Ornamental, P/ Restauração/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200446", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200446", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200156", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200156", " Antigo galão de combustível americano ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200447", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200447", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200137", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200137", "DKW VEMAGUETE ANO 1976 , TOTALMENTE ORIGINAL, APTO P/ PLACA PRETA. VEICULO RELÍQUIA P/ COLECIONADORES.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>23.100,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200457", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200457", " Vespa Piagio 1961 ( placa com o mesmo ano).Funcionado, documento em dia, placa cinza.Motor cadastrado 200 Cc ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200158", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200158", " Mini Geladeira da Marca cônsul na cor amarela, anos 60. peça restaurada e com compressor novo. 69x54x55 cm Excelente estado de conservação, Peça de coleção")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200456", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200456", " Vespa 1963. Completa, placa cinza. Motor original. Polida. Revisada.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>5.400,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200135", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200135", "CAMINHÃO ANTIGO AZUL da Década de 50/60. Sem Doc. Veic Ornamental, P/ Restauração/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200592", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200592", "[ VÍDEO ] MAQUETE FERRORAMA ANTIGA DA DÉCADA DE 90 PROFISSIONAL,  ELÉTRICA, COMPOSTA POR COMPOSIÇÃO DE LOCOMOTIVA ALL, TRILHOS C/ TRAJETO EM TÚNEIS , PONTES E PAISAGENS, COMPOSTO TAMBEM POR MAQUETE DE EDIFÍCIO DE 18 ANDARES, VEÍCULOS E OUTROS ACESSÓRIOS, MESA DE CONTROLE C/ REGULAGEM DE VELOCIDADE ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200154", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200154", " Caixa de transporte de alimentos aéreos em alumínio da Air Canadá")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200844", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200844", " CRISTALEIRA DE MADEIRA NOBRE MEDINDO 1,25 DE ALTURA ,1,08 DE FRETE POR 0,38 DE PROFUNDIDADE. PORTAS C/ VIDROS, FECHADURAS ORIGINAIS COM AS CHAVES e PUXADORES ORIGINAIS , FUNDO EM ESPELHOS, EM PERFEITO ESTADO DE CONSERVAÇÃO. ( TAÇAS E COPOS NÃO FAZEM PARTE DO LOTE).")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200136", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200136", "CAMINHÃO ANTIGO FORD AMARELO da Década de 50/60. Sem Doc. Veic Ornamental, P/ Restauração/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200845", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200845", "[ VÍDEOS ] CRISTALEIRA DE MADEIRA NOBRE MEDINDO 2,40 DE ALTURA , 1,00 DE FRENTE POR 0,45 DE PROFUNDIDADE. PORTAS C/ VIDROS, FECHADURAS ORIGINAIS COM AS CHAVES, DIVERSAS PRATELEIRAS TAMBEM EM MADEIRA, FUNDO EM ESPELHOS.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200153", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200153", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202263", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202263", "Fiat 600.  Ano 1969. Original. Veículo ornamental. SEM DOCUMENTO.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200140", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200140", "CAMINHÃO ANTIGO VERDE da Década de 50/60. Sem Doc. Veic Ornamental, P/ Restauração/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200613", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200613", "[ VÍDEO ] Caixa de coca cola antiga de madeira com as garrafas")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200155", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200155", " Máquina de costura década de 40 usada na guerra.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200614", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200614", "Sela da época, corda de couro cru, Reio de couro cru, Freio de couro cru. Bachero. Cavalete ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200139", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200139", "VW FUSCA AMARELO. ANO 72. FUNCIONANDO. DOCUMENTAÇÂO EM ORDEM")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200615", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200615", "[ VÍDEO ] Pelota antiga do câmbio do opala SS")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200138", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200138", "VW FUSCA AZUL. ANO 64. MOTOR 1200. APTO PARA PLACA PRETA. DOC EM ORDEM. FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202450", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202450", "CAMINHÃO CAÇAMBA MB 2220. TRAÇADO. ANO 1989")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200144", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200144", "VW FUSCA VERMELHO. ANO 66. DOCUMENTAÇÃO EM ORDEM. FUNCIONANDO.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200159", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200159", "Mesa de Tênis de mesa Antiga.  Tamanho Oficial, 2,72 X 1,52,  Original, dobrável.conforme fotos")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200157", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200157", " LOTE C/ 04 ROLOS DE FILMES ANTIGOS")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200152", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200152", " Geladeira Frigidaire 1943. Funcionando.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200151", "037")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200151", " LOTE COLEÇÃO DE CANETAS ANTIGAS, APROX. 500 UNIDADES, VÁRIAS MARCAS,  MODELOS E ÉPOCAS.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200146", "039")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200146", " COLEÇÃO CONTENDO 31 CINZEIROS ANTIGOS, DIVERSOS MODELOS, EM PORCELANA FINA E VIDRO, CERAMICA  E OUTROS ,PARA COLECINADORES. C-02")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200147", "041")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200147", " BALANÇA ANTIGA, VISOR DE QUILOGRAMAS REDONDO, RELÍQUIA PARA COLECINADORES, ( NO ESTADO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200148", "043")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200148", " Lote único contendo: 01 liquidificador marca Arno super , 01 Arno Supermix copos de vidro, originais, 01 Moringas de Cerâmica e 01 Bebedouro de porcelana, ( no estado) conforme fotos.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200149", "045")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200149", " Lote de latas antigas, sendo: 11 latas , Leite em pó Glória  e outras conforme fotos Relíquia para COLECIONADORES ( no estado) conforme fotos")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200150", "047")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200150", " Balança antiga madeira e ferro, Relíquia para COLECIONADORES ( no estado) conforme fotos, obs: ( O vaso não faz parte do lote)")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200448", "049")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200448", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200937", "050")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200937", "[ VÍDEOS ] CRISTALEIRA DE MADEIRA NOBRE MEDINDO 2,40 DE ALTURA , 1,00 DE FRENTE POR 0,45 DE PROFUNDIDADE. PORTAS C/ VIDROS, FECHADURAS ORIGINAIS COM AS CHAVES, DIVERSAS PRATELEIRAS TAMBEM EM MADEIRA, FUNDO EM ESPELHOS.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200449", "051")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200449", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200939", "052")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200939", "[ VÍDEOS ] CRISTALEIRA DE MADEIRA NOBRE MEDINDO 2,40 DE ALTURA , 1,00 DE FRENTE POR 0,45 DE PROFUNDIDADE. PORTAS C/ VIDROS, FECHADURAS ORIGINAIS COM AS CHAVES, DIVERSAS PRATELEIRAS TAMBEM EM MADEIRA, FUNDO EM ESPELHOS.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200450", "053")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200450", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200940", "054")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200940", "[ VÍDEOS ] CRISTALEIRA DE MADEIRA NOBRE MEDINDO 2,40 DE ALTURA , 1,00 DE FRENTE POR 0,45 DE PROFUNDIDADE. PORTAS C/ VIDROS, FECHADURAS ORIGINAIS COM AS CHAVES, DIVERSAS PRATELEIRAS TAMBEM EM MADEIRA, FUNDO EM ESPELHOS.")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200451", "055")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200451", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200452", "057")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200452", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200444", "059")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200444", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200938", "060")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200938", "[ VÍDEOS ] CRISTALEIRA DE MADEIRA NOBRE MEDINDO 2,40 DE ALTURA , 1,00 DE FRENTE POR 0,45 DE PROFUNDIDADE. PORTAS C/ VIDROS, FECHADURAS ORIGINAIS COM AS CHAVES, DIVERSAS PRATELEIRAS TAMBEM EM MADEIRA, FUNDO EM ESPELHOS.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200445", "061")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200445", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202247", "062")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202247", " LOTE CONTENDO 300 UNIDADES APROX. DE MOSQUETÃO METÁLICOS, GANCHO P/ CHAVEIROS, BOLSAS, COLETES E VESTUÁRIOS EM GERAL VÁRIOS TAMANHOS E MODELOS ,  Conforme Fotos, P-02")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202248", "063")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202248", " Coleção Antiga Caixas de fósforos, 95 Unidades aprox. Sendo;  diversos Países; Épocas e Locais Históricos, Raridades p/ Colecionadores, (intactos),Conforme as fotos. C-02")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202250", "064")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202250", " LOTE CONTENDO 1000 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>990,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202249", "065")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202249", " LOTE CONTENDO 1000 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>990,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202246", "066")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202246", " LOTE CONTENDO 1000 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>990,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202251", "067")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202251", "HONDA XLX 350 R ANO 1988. VEÍCULO ANTIGO P/ RESTAURAÇÃO.")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...1726 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202252", "068")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202252", "PEDAL CAR ANTIGO DÉCADA DE 1980, P/ COLECIONADORES. NO ESTADO CONFORME FOTOS")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>