--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,3419 +269,2995 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199970", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199970", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-10)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199973", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199973", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-12)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200015", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200015", " LOTE CONTENDO 01 PALETE C/ CENTENAS DE ITENS, SENDO: LATAS DE TINTAS DE DIVERSAS CORES E TAMANHOS, SPRAY , LUBRIFICANTES, SOLVENTES DE DIVERSAS MARCAS E MODELOS E DIVERSOS ITENS DO SEGMENTO (L-02)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199981", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199981", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-13)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200019", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200019", " LOTE CONTENDO 01 PALETE C/ CENTENAS DE ITENS, SENDO: LATAS DE TINTAS DE DIVERSAS CORES E TAMANHOS, SPRAY , LUBRIFICANTES, SOLVENTES DE DIVERSAS MARCAS E MODELOS E DIVERSOS ITENS DO SEGMENTO, (L-01)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199976", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199976", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-14)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202011", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202011", " LOTE CONTENDO 10 PARES DE TÊNIS MARCA TOPPER ORIGINAL, DIVERSAS NUMERAÇÕES, (SEM USO. NA CAIXA).")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199975", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199975", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-15)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200024", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200024", " GM CAPTIVA SPORT FWD ANO 2010,  COMPLETA, PLACA MERCOSUL,  IPVA E LICENCIAMENTO 2023 ,  EM ORDEM, ( VEÍCULO DE DIRETORIA) EM FUNCIONAMENTO.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199978", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199978", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-16)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199984", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199984", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-22).")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199982", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199982", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-20).")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199986", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199986", " LOTE CONTENDO 09 BONECOS GRANDES , VÁRIOS PERSONAGENS,  ( NA CAIXA, SEM USO).")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202010", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202010", " LOTE CONTENDO 10 PARES DE TÊNIS MARCA TOPPER ORIGINAL, DIVERSAS NUMERAÇÕES, (SEM USO).")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199967", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199967", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-09)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199937", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199937", " LOTE CONTENDO 04 CAIXAS DE MADEIRA E 01 DE PAPELÃO C/ DIVERSOS SENDO; SPRAY, LUBRIFICANTES, SOLVENTES, TUBOS DE  SILICONES E OUTROS PRODUTOS  CONFORME FOTOS.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199969", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199969", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-08)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199983", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199983", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-21).")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199968", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199968", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-11)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199960", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199960", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-01)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199964", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199964", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-07)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199961", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199961", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-02)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200931", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200931", "LOTE CONTENDO 03 TVs , PHILCO E SAMSUNG  LED, HDMI  (  P/ CONSERTO OU APROVEITAMENTO DE PEÇAS).")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199962", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199962", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-03)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202009", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202009", " LOTE CONTENDO 10 PARES DE TÊNIS MARCA TOPPER ORIGINAL, DIVERSAS NUMERAÇÕES, (SEM USO. NA CAIXA).")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199966", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199966", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-05)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199963", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199963", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-04)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202008", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202008", " LOTE CONTENDO 10 PARES DE TÊNIS MARCA TOPPER ORIGINAL, DIVERSAS NUMERAÇÕES, (SEM USO).")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199979", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199979", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-19).")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...154 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199965", "033")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199965", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-06)")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199987", "035")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199987", " LOTE CONTENDO 09 BONECOS GRANDES , VÁRIOS PERSONAGENS,  ( NA CAIXA, SEM USO).")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199939", "038")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199939", "50 CAIXINHAS DE LÁPIS DE COR, SENDO 06 LÁPIS CADA, CONFORME FOTOS. (SEM USO).")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200025", "040")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200025", "LOTE CONTENDO 07 TVs , DE VÁRIAS MARCAS, POLEGADAS E MODELOS, LED, HDMI E OUTRAS, ( SUCATAS P/ CONSERTO OU APROVEITAMENTO DE PEÇAS).")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199893", "041")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199893", "LOTE CONTENDO 20 CAIXAS DE JOGO PULA SAPINHO ORIGINAL MARCA GULLIVER , ( NA CAIXA E  SEM USO ). BRINQUEDO SENSAÇÃO DA DECADA DE 1990, PARA CRIANÇAS E ADULTOS.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199904", "044")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199904", " LOTE C/ 20 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199988", "045")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199988", " LOTE CONTENDO 09 BONECOS GRANDES , VÁRIOS PERSONAGENS,  ( NA CAIXA, SEM USO).")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199892", "047")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199892", "LOTE CONTENDO 20 CAIXAS DE JOGO PULA SAPINHO ORIGINAL MARCA GULLIVER , ( NA CAIXA E  SEM USO ). BRINQUEDO SENSAÇÃO DA DECADA DE 1990, PARA CRIANÇAS E ADULTOS.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199906", "048")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199906", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199955", "052")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199955", " LOTE C 50 UNIDADES DE BONECOS MONSTRO DA ANUIDADE DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P COLECIONADORES ( SEM USO, NA EMBALAGEM)")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...117 lines deleted...]
-      <c r="C23" s="4" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199894", "053")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199894", "LOTE CONTENDO 20 CAIXAS DE JOGO PULA SAPINHO ORIGINAL MARCA GULLIVER , ( NA CAIXA E  SEM USO ). BRINQUEDO SENSAÇÃO DA DECADA DE 1990, PARA CRIANÇAS E ADULTOS.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199891", "059")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199891", "LOTE CONTENDO 20 CAIXAS DE JOGO PULA SAPINHO ORIGINAL MARCA GULLIVER , ( NA CAIXA E  SEM USO ). BRINQUEDO SENSAÇÃO DA DECADA DE 1990, PARA CRIANÇAS E ADULTOS.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200846", "060")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200846", " PALETE C/ DIVERSOS ROLOS DE MANGUEIRAS (NO ESTADO).")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199980", "061")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199980", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-18).")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199905", "062")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199905", " LOTE C/ 20 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199940", "065")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199940", "50 CAIXINHAS DE LÁPIS DE COR, SENDO 06 LÁPIS CADA, CONFORME FOTOS. (SEM USO).")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199941", "068")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199941", "50 CAIXINHAS DE LÁPIS DE COR, SENDO 06 LÁPIS CADA, CONFORME FOTOS. (SEM USO).")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199914", "071")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199914", "100 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199942", "074")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199942", "50 CAIXINHAS DE LÁPIS DE COR, SENDO 06 LÁPIS CADA, CONFORME FOTOS. (SEM USO).")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199957", "075")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199957", " LOTE C 50 UNIDADES DE BONECOS MONSTRO DA ANUIDADE DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P COLECIONADORES ( SEM USO, NA EMBALAGEM)")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199958", "076")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199958", " LOTE C 50 UNIDADES DE BONECOS MONSTRO DA ANUIDADE DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P COLECIONADORES ( SEM USO, NA EMBALAGEM)")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199959", "079")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199959", " LOTE C 50 UNIDADES DE BONECOS MONSTRO DA ANUIDADE DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P COLECIONADORES ( SEM USO, NA EMBALAGEM)")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199908", "083")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199908", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199956", "084")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199956", " LOTE C 50 UNIDADES DE BONECOS MONSTRO DA ANUIDADE DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P COLECIONADORES ( SEM USO, NA EMBALAGEM)")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199897", "086")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199897", "[ VÍDEO ] LOTE CONTENDO 50 BOLSAS TÉRMICAS ORIGINAIS SADIA PERDIGÃO (sem uso).")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199900", "092")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199900", " LOTE CONTENDO 50  KITS DE  BRINQUEDOS COLECIONAVEIS  ORIGINAL MARCA GULLIVER ,  DIVERSOS MODELOS ( SEM USO ). ESTOQUE ANTIGO, ALGUNS SÃO BEM RAROS, PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199915", "099")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199915", "50 CAIXINHAS DE LÁPIS DE COR, SENDO 06 LÁPIS CADA, CONFORME FOTOS. ( SEM USO).")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199901", "101")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199901", " LOTE CONTENDO 50  KITS DE  BRINQUEDOS COLECIONAVEIS  ORIGINAL MARCA GULLIVER ,  DIVERSOS MODELOS ( SEM USO ). ESTOQUE ANTIGO, ALGUNS SÃO BEM RAROS, PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199971", "102")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199971", " LOTE CONTENDO 50 UNIDADES DE  MOSQUETÃO GANCHO OLHAL, VÁRIOS TAMANHOS E MODELOS ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199977", "105")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199977", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-17)")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199943", "110")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199943", "[ VÍDEO ] LOTE CONTENDO 50 BOLSAS TÉRMICAS ORIGINAIS SADIA PERDIGÃO (sem uso).")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199902", "116")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199902", " LOTE CONTENDO 50  KITS DE  BRINQUEDOS COLECIONAVEIS  ORIGINAL MARCA GULLIVER ,  DIVERSOS MODELOS ( SEM USO ). ESTOQUE ANTIGO, ALGUNS SÃO BEM RAROS, PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199896", "122")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199896", " LOTE CONTENDO 50  KITS DE  BRINQUEDOS COLECIONAVEIS  ORIGINAL MARCA GULLIVER ,  DIVERSOS MODELOS ( SEM USO ). ESTOQUE ANTIGO, ALGUNS SÃO BEM RAROS, PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199930", "125")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199930", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199944", "128")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199944", "[ VÍDEO ] LOTE CONTENDO 50 BOLSAS TÉRMICAS ORIGINAIS SADIA PERDIGÃO (sem uso).")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199899", "131")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199899", " LOTE C/ 20 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199935", "134")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199935", " PALETE C/ DIVERSOS ROLOS DE MANGUEIRAS (NO ESTADO)")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199919", "137")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199919", " 02 PRATELEIRAS TIPO COLMÉIA, MEDINDO 2,10 X 0,64, CONFORME FOTOS.")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199920", "140")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199920", " LOTE C/ 100 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199929", "143")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199929", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199938", "148")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199938", "50 CAIXINHAS DE LÁPIS DE COR, SENDO 06 LÁPIS CADA, CONFORME FOTOS. (SEM USO).")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199911", "149")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199911", " 100 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199907", "152")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199907", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199898", "155")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199898", " LOTE C/ 20 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199912", "158")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199912", "100 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199913", "161")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199913", "100 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199994", "163")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199994", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199921", "164")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199921", " LOTE C/ 100 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199995", "166")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199995", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199936", "167")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199936", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199996", "172")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199996", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199997", "178")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199997", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199918", "179")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199918", " LOTE CONTENDO 50 UNIDADES DE  ITENS DE BIJOUTERIAS,  PEDRARIAS DE LUXO, BRACELETES, TIC-TAC ( PRESILHAS), PULSEIRAS, APLIQUES DE CABELO, TIARAS , ACESSÓRIOS , DIVERSOS MODELOS CONFORME FOTOS.")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199916", "188")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199916", " LOTE CONTENDO 50 UNIDADES DE  ITENS DE BIJOUTERIAS,  PEDRARIAS DE LUXO, BRACELETES, TIC-TAC ( PRESILHAS), PULSEIRAS, APLIQUES DE CABELO, TIARAS , ACESSÓRIOS , DIVERSOS MODELOS CONFORME FOTOS.")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199903", "191")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199903", " LOTE C/ 20 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199917", "194")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199917", " LOTE CONTENDO 50 UNIDADES DE  ITENS DE BIJOUTERIAS,  PEDRARIAS DE LUXO, BRACELETES, TIC-TAC ( PRESILHAS), PULSEIRAS, APLIQUES DE CABELO, TIARAS , ACESSÓRIOS , DIVERSOS MODELOS CONFORME FOTOS.")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199922", "203")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199922", "500 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199923", "209")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199923", " LOTE CONTENDO 25 GARRAFAS DE CACHAÇA DE ALAMBIQUE ARTESANAL.")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199925", "212")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199925", " LOTE C/ 100 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199924", "215")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199924", " LOTE CONTENDO 25 GARRAFAS DE CACHAÇA DE ALAMBIQUE ARTESANAL.")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199926", "218")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199926", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199927", "221")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199927", " LOTE C/ 100 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199928", "224")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199928", " LOTE CONTENDO 25 GARRAFAS DE CACHAÇA DE ALAMBIQUE ARTESANAL.")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199890", "233")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199890", " Lote contendo diversos itens, sendo: 04 telefones sem fio, 02 mini  gravador , 02 Vou, 01 nobrek, 04 vídeo cassete e diversos cabos e outros.")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D23" s="4" t="inlineStr">
-[...95 lines deleted...]
-      <c r="D26" s="4" t="inlineStr">
+      <c r="D103" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
-[...2462 lines deleted...]
-      </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199931", "239")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199931", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199933", "242")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199933", " Prateleiras e Nichos , no estado, conforte fotos.")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199932", "245")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199932", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199910", "266")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199910", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199895", "272")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199895", " LOTE CONTENDO 50  KITS DE  BRINQUEDOS COLECIONAVEIS  ORIGINAL MARCA GULLIVER ,  DIVERSOS MODELOS ( SEM USO ). ESTOQUE ANTIGO, ALGUNS SÃO BEM RAROS, PARA COLECIONADORES.")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199909", "275")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199909", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199953", "338")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199953", " LOTE CONTENDO 10 GARRAFAS TÉRMICAS DE INOX DE 500ml.  (SEM USO)")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199954", "341")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199954", " LOTE CONTENDO 10 GARRAFAS TÉRMICAS DE INOX DE 500ml.  (SEM USO)")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199951", "344")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199951", " LOTE CONTENDO 50 UNIDADES DE  MOSQUETÃO GANCHO OLHAL, VÁRIOS TAMANHOS E MODELOS ,( NO ESTADO), CONFORME FOTOS.")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199949", "347")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199949", " LOTE CONTENDO 50 UNIDADES DE  MOSQUETÃO GANCHO OLHAL, VÁRIOS TAMANHOS E MODELOS ,( NO ESTADO), CONFORME FOTOS.")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199952", "350")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199952", " LOTE CONTENDO 50 UNIDADES DE  MOSQUETÃO GANCHO OLHAL, VÁRIOS TAMANHOS E MODELOS ,( NO ESTADO), CONFORME FOTOS.")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199950", "353")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199950", " LOTE CONTENDO 50 UNIDADES DE  MOSQUETÃO GANCHO OLHAL, VÁRIOS TAMANHOS E MODELOS ,( NO ESTADO), CONFORME FOTOS.")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200003", "360")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200003", " Peças específicas da moto BMW R 1200 C (a moto do filme do James bond)")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>