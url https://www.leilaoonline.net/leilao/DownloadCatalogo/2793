--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,1275 +269,1119 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201127", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201127", " [vídeo] Trator MF 270 - 1978 - único dono")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>44.700,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201126", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201126", " Carreta - 4 rodas ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201136", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201136", " Implemento concha e comando Hidráulico ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201129", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201129", " Lote com: 02 pneus 18-4-30")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201130", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201130", " Pneu 18-4-30 - carcaça")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201132", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201132", " [vídeo] Moto Shineray XY 125 - 2015/2015")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201142", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201142", " [vídeo] Peugeot 206 1.4 Sensat - 2007")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201131", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201131", " [vídeo] Renault Clio RN 1.0 16v - 2003")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201133", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201133", " Lote com: 22 desktops - 4 notebooks - 3 switchs - 3 impressoras - 1 Rack - 7 monitores - Scanners , relógios de ponto, cartuchos e peças")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201881", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201881", "Pc gamer i7 6700 DDR4 16gb ram 500 gb ssd placa vídeo Rx 580 8gb - Funcionando")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201883", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201883", "Pc gamer i7 3770 DDR3 16gb ram 480 gb SSD 1000 gb HD vídeo RX 580 8gb - Funcionando")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201882", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201882", "Pc gamer i7 6700 DDR4 16gb ram 500 gb ssd placa vídeo Rx 580 8gb - Funcionando")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201884", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201884", "Pc gamer i7 3770 DDR3 16gb ram 480 gb SSD 1000 gb HD vídeo RX 580 8gb - Funcionando")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201885", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201885", "Pc Gamer RGB Ryzen 5600X 32gb Ram 500gb SsdM2 video RTX3060 12gb Watercooler - Funcionando")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201146", "020")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201146", " Tv Smart 55 LG nano cell 4k")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...20 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201143", "021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201143", " Tv Smart 65 Samsung 4k")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201137", "022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201137", " Tv Smart 43 LG")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201134", "023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201134", " Tv LG 65 4K")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201139", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201139", " Cadeira Gamer - giratória ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201138", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201138", " Cadeira Gamer - giratória ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201135", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201135", " Lote com: 02 módulos, 01 auto falante e 01 sensor ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201144", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201144", " Forno 44 litros - sem uso ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201147", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201147", " Bebedouro preto - 220v - sem uso ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201145", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201145", " Bebedouro Branco - 110v - sem uso ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201141", "030")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201141", " Lote com: 02 liquidificadores 110V e jogo de prato - sem uso ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201140", "031")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201140", " Lote com: 02 liquidificadores 110V e jogo de prato - sem uso ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201150", "032")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201150", " Lote com: 02 jogos completos - 16 peças cada - Sem uso")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201156", "033")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201156", " Lote com: 02 jogos completos - 20 peças cada - Sem uso ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201152", "034")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201152", " Mesa de vidro - 1,50 x 1,20 x 0,60")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201148", "035")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201148", " Lote com: 03 conjuntos completos - sem uso")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201128", "036")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201128", " Lote com: 03 conjuntos completos - sem uso")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201149", "037")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201149", " Lote com: 06 conjuntos completos - sem uso")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201158", "038")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201158", " Lote com: 06 conjuntos completos - sem uso")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201159", "039")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201159", " Lote com: 04 conjuntos completos - Sem uso")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...922 lines deleted...]
-      <c r="E44" s="5" t="inlineStr">
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201151", "040")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201151", " Lote com: 04 conjuntos completos - Sem uso")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F44" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E45" s="5" t="inlineStr">
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201155", "041")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201155", " Lote com: 03 conjuntos completos - sem uso")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F45" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E46" s="5" t="inlineStr">
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201154", "042")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201154", " Lote com: 03 conjuntos completos - sem uso")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F46" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E47" s="5" t="inlineStr">
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201153", "043")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201153", " Lote com: 03 conjuntos completos - sem uso")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F47" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201157", "044")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201157", " Lote com: 03 conjuntos completos - sem uso")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>