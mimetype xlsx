--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,1595 +269,1399 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199627", "004")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199627", "TRATOR FORD; MODELO 8N; ANO DE FABRICAÇÃO DÉCADA DE 50")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199626", "005")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199626", "RETROESCAVADEIRA  MASSEY FERGUSON; MODELO 86 HD; ANO 1987")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199613", "006")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199613", "RETROESCAVADEIRA JCB; MODELO 3CX 4X4; ANO 2016; EMPLACADA - FUNCIONANDO - PLACA FINAL 40")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>195.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199614", "007")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199614", "RETROESCAVADEIRA JCB; MODELO 3CX 4X4; ANO 2016; EMPLACADA - FUNCIONANDO - PLACA FINAL 65")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>192.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199625", "008")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199625", "EMPILHADEIRA CLARK 7 TON")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199624", "009")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199624", "EMPILHADEIRA CLARK 2,5 TON (NÃO ACOMPANHA CILINDRO DE GÁS)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200941", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200941", "veja o vídeo!! EMPILHADEIRA CLARK; 7 TONELADAS; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>67.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199610", "013")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199610", "CÂMARA FRIA; MEDIDAS: 6M DE ALTURA, 15M DE COMPRIMENTO E 13M DE LARGURA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201238", "014")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/201238", "veja o vídeo!! I/NISSAN FRONTIER LE X4; 2021/2022; AZUL; DIESEL - FUNCIONANDO - APROX. 19.100KM - FIPE: R$ 236.207,00")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>147.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199612", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199612", "CAMINHÃO VW/15.180 CNM; 2010/2011; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199615", "016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199615", "CAMINHÃO VW/16.220; 1993/1993; BRANCA; DIESEL; MOTOR CUMMINS; CÂMBIO 6 MARCHAS; REDUZIDO - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>58.750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199623", "020")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199623", "CAMIONETA FORD/SR DESERTER; 1993/1993; BRANCA; DIESEL; TURBINADA; HIDRÁULICA (DESLIGA NA CHAVE) - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199616", "023")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199616", "CAMINHÃO FORD/F4000; 1989/1989; BEGE; DIESEL; MOTOR 229; DIREÇÃO HIDRÁULICA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199617", "025")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199617", "CAMINHÃO M. BENZ/L 1113; 1976/1976; AMARELA; DIESEL; CARROCERIA FECHADA")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199611", "030")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199611", "veja o vídeo!! IMP/GM SILVERADO; 1997/1997; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>47.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199634", "046")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199634", "CAMINHÃO M. BENZ/L1622; 2002/2002; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>77.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199628", "050")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199628", "FIAT/DUCATO MAXICARGO; 2006/2007; AMARELA; DIESEL - IPVA 2023 OK")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199572", "051")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199572", "FIAT/DUCATO MAXI; 2001/2002; BRANCA; DIESEL - IPVA 2023 OK")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199633", "058")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199633", "PÁ CARREGADEIRA W7 E")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199632", "059")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199632", "EMPILHADEIRA CLARCK; MOTOR A DIESEL; CAP. 7 TONELADAS; TORRE DE 4 METROS; ANO INDEFINIDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199574", "060")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199574", "veja o vídeo!! PÁ CARREGADEIRA W7; ANO INDEFINIDO; MOTOR PERKINS - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199575", "061")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199575", "ARRANCADOR DE AMENDOIM BM AIA-2 FLEX; ANO 2021")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199576", "062")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199576", "TRANSBORDO MIAC (IND. COLOMBO) - CTA 4500; ANO 2021")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199577", "063")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199577", "COLHEITADEIRA/COLHEDEIRA DE AMENDOIM MIAC; DOUBLE MASTER III; ANO 2012 - SEM PLAQUETA")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199578", "064")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199578", "COLHEITADEIRA/COLHEDEIRA DE AMENDOIM MIAC; DOUBLE MASTER II A; ANO 2004")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199629", "065")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199629", "veja o vídeo!! TRATOR MASSEY FERGUSON 290 (COM IMPLEMENTO - PÁ); ANO 1980; DIREÇÃO SEMI HIDRÁULICA - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199630", "070")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199630", "TRATOR FORD 8 BR; SEM IDENTIFICAÇÃO DE ANO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199631", "071")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199631", "TRATOR FORD 8 BR; SEM IDENTIFICAÇÃO DE ANO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199573", "085")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199573", "LOTE COM APROX. 800 TONELADAS DE SUCATA DE FERRO - LANCE POR KG")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>0,80</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199635", "090")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199635", "CARROCERIA BAGGIO; ANO 2016; NÚMERO RSOBX 1074 6G01177; C/ EQUIPAMENTO MARCA PHD MODELO CA 105 SÉRIE 000053")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199636", "091")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199636", "CARROCERIA BAGGIO; ANO 2016; NÚMERO RSOBX 1074 6G01177; C/ EQUIPAMENTO MARCA PHD MODELO CA 105 SÉRIE 000052")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199637", "092")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199637", "CARROCERIA BAGGIO; ANO 2016; NÚMERO RSOBX 1074 6G01177; C/ EQUIPAMENTO MARCA PHD MODELO CA 105 SÉRIE 000056")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199638", "093")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199638", "CARROCERIA BAGGIO; ANO 2016; NÚMERO RSOBX 1074 6G01177; C/ EQUIPAMENTO MARCA PHD MODELO CA 105 SÉRIE 000051")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199589", "096")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199589", "LOTE COM 3 ENGATES")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199590", "097")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199590", "SANTO ANTONIO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199592", "100")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199592", "SAIDER (MEDIDAS: 8,30M COMPRIM. X 2.80M ALT. X 2,50M LARG.); CHAPEADO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199591", "105")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199591", "CAÇAMBA COMPACTADORA DE LIXO PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199593", "106")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199593", "CAÇAMBA COMPACTADORA DE LIXO PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199594", "107")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199594", "COMPACTADOR DE LIXO; MARCA PLANALTO; 19 METROS CUBICOS; PARA CAMINHÃO TRUCADO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199595", "110")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199595", "ROÇADEIRA BALDAN (1.30M) - FUNCIONANDO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199596", "111")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199596", "PLANTADEIRA JUMIL; 4 LINHAS; MODELO 2050; ANO 2005")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199597", "112")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199597", "CAÇAMBA BASCULANTE; COM BOMBA - PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199598", "113")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199598", "CARROCERIA PRANCHA DE FERRO FIXA DE 7.8 X 2.6MTS; LONGARINAS DE 90CM DE LARGURA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199599", "114")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199599", "ESPARRAMADEIRA DE CALCARIO E ESTERCO DE 10 TONELADAS - CASALE")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199605", "115")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199605", "PLAINA NIVELADORA DE ARRASTO DE 2.45 METROS")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199606", "116")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199606", "GRADE ARADORA 18 X 28 X 270 MARCA CIVEMASA")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E56" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199607", "117")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199607", "GRADE ARADORA DE 16 DISCOS")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...25 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199608", "118")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199608", "ENSILADEIRA JF 90; 6 FACAS")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...1342 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199609", "119")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199609", "CALCAREADEIRA DE 5500KG")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>15.750,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>