--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199653", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199653", " Descrição:  Tanque amonia, cap. 52.000 litros ATIVO:  2822 NO ESTADO.  ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199652", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199652", " Descrição:  09 Bombas com motor elétrico ( 5 a 25 CV), 1 bomba sem motor e 01 agitador lateral sem motor.  NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199654", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199654", " Descrição:  02  talhas feba, cap. 2 ton  NO ESTADO.  ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199655", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199655", " Descrição:  6 roscas transporte e 02 roscas elevação c/ motor elétrico 3 cv NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199656", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199656", " Descrição:  motor gerador stemac diesel c/ painel eletrico  ATIVO:   1754 NO ESTADO. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>88</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199662", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199662", " Descrição:  motor gerador kohlbach diesel c/ painel eletrico woodward ATIVO:   7948 NO ESTADO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>18.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199657", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199657", " Descrição:  2 sistemas de refrigeração johnson com motor elétrico 4 cv NO ESTADO.  ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199658", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199658", " Descrição:  secador ar CD 550   11747 NO ESTADO.  ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199660", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199660", " Descrição:  01 Moto Bomba eletr. Incêndio, pot. 40 cv,  01 Moto Bomba diesel incêndio MWM E 01 painel eletrico bomba diesel NO ESTADO.  ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199659", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199659", " Descrição:  tanque inox 650 litros ATIVO:   17173 NO ESTADO.  ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199661", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199661", " Descrição:  Tanque inox 800 litros ATIVO:   17174 NO ESTADO.  ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199663", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199663", " Descrição:  Tanque inox 700 litros NO ESTADO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199664", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199664", " Descrição:  01 Transformador prim. 380/110V,  05 painéis  eletricos e 01 Painel eletrico - Embalagem Seca NO ESTADO.   ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199665", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199665", " Descrição:  capela laboratório e câmara climática ATIVO:   3858 NO ESTADO.  ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199666", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199666", " Descrição:  2 condensadores evaporador TRANE NO ESTADO.  ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199667", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199667", " Descrição:  radiador inox NO ESTADO.  ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199668", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199668", " Descrição:  Reservatório com bombas mecalor NO ESTADO.  ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199669", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199669", " Descrição:  conjunto (tanque 600 l, bombas, trocador e placa fluxo) ATIVO:   21222 NO ESTADO.  ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199670", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199670", " Descrição:  01 tampa extrusora,  01 placa de fluxo, 01 moega filtração e 01 bebedouro em inox, 200 litros NO ESTADO.  ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199671", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199671", " Descrição:  01 coifa grande,  01 coifa com exaustor pequena e 01 exaustor de fibra NO ESTADO. ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199672", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199672", " Descrição:  sistema de bombeamento de condensado SPIRAX SARCO NO ESTADO. ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199673", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199673", " Descrição:  trocador de calor NO ESTADO.  ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199674", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199674", " Descrição:  2 racks de informática HP NO ESTADO.  ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199675", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199675", " Descrição:  2 fritadeiras inox, 1 cortador de frios, 1 máquina de lavar karcher NO ESTADO.  ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199677", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199677", " Descrição:  Freezer - 3 unidades - Cozinha - Entre 2017 a 2019 NO ESTADO. ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199676", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199676", " Descrição:  mixer (masseira) escher, c/ 2 cubas; obs.: 3 meses de uso NO ESTADO.  ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...702 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199678", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/199678", " Descrição:  laminadora de pães fritsch rollfix 600 NO ESTADO.  ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>