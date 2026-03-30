--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,1499 +269,1315 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1281", "131")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1281", " KOMBI COR BRANCO, ANO MOD 13/14")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1277", "137")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1277", " CELTA LIFE/ LS 1.0 MPFI 8V FLEXPOWER 3P,  ANO MOD. 11/12, ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1295", "139")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1295", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1311", "143")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1311", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRATA, ANO MOD. 12/13")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1294", "149")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1294", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1296", "150")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1296", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1278", "152")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1278", " CELTA LIFE/ LS 1.0 MPFI 8V FLEXPOWER 3P,  ANO MOD. 11/12, ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1307", "157")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1307", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 , ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1274", "159")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1274", " AMAROK CD 2.0 16V TDI 4X4 DIESEL, ANO MOD. 12/13, ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1297", "165")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1297", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1298", "166")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1298", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1299", "168")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1299", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRATA, ANO MOD 11/12")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1271", "172")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1271", " AMAROK CD 2.0 16V TDI 4X4 DIESEL,  ANO MOD. 12/13,")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1315", "184")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1315", "GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRATA, ANO MOD 12/13")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1270", "186")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1270", " AMAROK CD 2.0 16V TDI 4X4 DIESEL, ANO MOD. 12/13, ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1291", "5062")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1291", " KOMBI COR BRANCO, ANO MOD 13/14")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1310", "5063")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1310", "VW GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRATA, ANO MOD. 13/14")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>17.300,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1308", "5064")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1308", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRATA, ANO MOD. 13/14")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1306", "5065")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1306", " VW GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1309", "5066")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1309", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1302", "5067")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1302", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1290", "5068")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1290", "  KOMBI COR BRANCO, ANO MOD 13/14, ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1301", "5069")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1301", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1275", "5070")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1275", " AMAROK CD 2.0 16V TDI 4X4 DIESEL, ANO MOD. 12/13, ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1300", "5071")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1300", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1287", "5072")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1287", " KOMBI COR BRANCO, ANO MOD 13/14,")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1305", "5073")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1305", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P,COR PRETO NINJA, ANO MOD 11/12")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1312", "5074")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1312", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>12.750,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1313", "5075")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1313", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1284", "5076")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1284", " KOMBI COR BRANCA, ANO MOD 10/11,  ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>12.750,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1314", "5077")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1314", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1273", "5078")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1273", " DOBLO AMBULANCIA, ANO MOD. 11/12, ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>18.750,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1272", "5079")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1272", " DOBLO AMBULANCIA, ANO MOD. 11/12, ; ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1279", "5080")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1279", " FIAT DOBLO AMBULÂNCIA,  ANO MOD. 11/12, ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1276", "5081")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1276", " DOBLO AMBULANCIA, ANO MOD. 11/12, ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>18.750,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1285", "5082")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1285", " KOMBI COR BRANCO, ANO MOD 11/12,")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1288", "5330")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1288", " VW KOMBI COR BRANCO, ANO MOD 13/14,")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>20.200,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1282", "5331")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1282", " KOMBI COR BRANCO, ANO MOD 11/12, ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1280", "5332")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1280", " VW KOMBI COR BRANCO, ANO MOD 11/11,")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>14.250,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1289", "5333")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1289", " KOMBI COR BRANCO, ANO MOD 13/14, ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1283", "5334")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1283", " KOMBI COR BRANCO, ANO MOD 11/12,")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1286", "5335")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1286", "VW KOMBI COR BRANCO, ANO MOD 13/14,")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1339", "7175")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1339", "POLO SEDAN 1.6; 2013; 2013; CINZA; FLEX; OPCIONAIS AR - DH - ABS - AIR BAG - VD ELET - TRAVA ELET, ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1340", "7177")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1340", "POLO SEDAN 1.6; 2013; 2013; PRETO; FLEX; OPCIONAIS AR - DH - ABS - AIR BAG - VD ELET - TRAVA ELET")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>24.250,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1341", "7178")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1341", "POLO SEDAN 1.6; 2013; 2014; PRETO; FLEX; OPCIONAIS AR - DH - ABS - AIR BAG - VD ELET - TRAVA ELET")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1342", "7180")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1342", "POLO SEDAN 1.6; 2013; 2013; PRATA; FLEX; OPCIONAIS AR - DH - ABS - AIR BAG - VD ELET - TRAVA ELET")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>26.250,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>