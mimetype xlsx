--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,443 +269,391 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200649", "013")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200649", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2017/2018; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200651", "018")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200651", "veja o vídeo!! FIAT/FIORINO 1.4 FLEX; 2017/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>36.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200659", "019")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200659", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2016/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200650", "020")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200650", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2021/2022; BRANCA; DIESEL - FUNC. - IPVA 2023 OK - APROX. 13.800KM - FIPE R$ 263.987,00")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>97.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200676", "025")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200676", "veja o vídeo!! FIAT/LINEA ESSENCE 1.8;  2012/2012; PRETA; ALCO;/GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200654", "027")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200654", "veja o vídeo!! VW/KOMBI FURGÃO; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200653", "037")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200653", "veja o vídeo!! FIAT/STRADA WORKING CE; 2016/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200658", "039")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200658", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2012/2013; PRATA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200657", "040")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200657", "veja o vídeo!! CHEVROLET/MONTANA LS2; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 58.277,00")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>36.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200655", "041")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200655", "veja o vídeo!! CHEVROLET/S10 LT DD4A; 2021/2022; BRANCA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200656", "050")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200656", "veja o vídeo!! VW/KOMBI FURGÃO; 2008/2009; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>12.750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200652", "053")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200652", "veja o vídeo!! FIAT/STRADA WORKING; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...205 lines deleted...]
-      </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200660", "110")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200660", "veja o vídeo!! VW/KOMBI FURGÃO; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>