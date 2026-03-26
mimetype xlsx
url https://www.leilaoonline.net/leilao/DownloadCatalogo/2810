--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200948", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200948", " CAMINHAO VOLKSWAGEN - 17280 - 6X2, COMPACTADOR 19 M3 / USIMECA -  - ANO/MOD: 2013/2014, NO ESTADO.  PLACA:  AYP1H64 CHASSI:  953658241ER418186 RENAVAM:  1115083926. KM ATUAL APROX. 442778 OBS:  Funcionando, no estado que se encontra (FALTANDO 2 PNEUS DO TRUCK)  MAIS DETALHES: SINTESE ANEXO.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200946", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200946", " CAMINHAO VOLKSWAGEN - 17280 - 6X2, COMPACTADOR 19 M3 / USIMECA -  - ANO/MOD: 2013/2014, NO ESTADO.  PLACA:  AYP1I95 CHASSI:  953658248ER419268 RENAVAM:  1014987854. KM ATUAL APROX. 392,733 OBS:  Funcionando, no estado que se encontra (FALTANDO 2 PNEUS DO TRUCK) MAIS DETALHES: SINTESE ANEXO.")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200944", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200944", " CAMINHAO VOLKSWAGEN - 17280 - 6X2, COMPACTADOR 19 M3 / USIMECA -  - ANO/MOD: 2013/2014, NO ESTADO.  PLACA:  FGQ3E25 CHASSI:  953658248ER416550 RENAVAM:  996070567. KM ATUAL APROX. 481,325 OBS:  Funcionando, no estado que se encontra (FALTANDO 2 PNEUS DO TRUCK)  MAIS DETALHES: SINTESE ANEXO.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>128.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200945", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200945", " TRATOR PNEU GUINCHO - VALMET - 785 - 4X2 - ANO: 1998 série:  10001061 NO ESTADO.  HORÍMETRO APROX, 2,649 OBS:  Funcionando parcialmente, no estado que se encontra (FALTANDO 2 PNEUS TRASEIRO, AS RODAS ESTÃO GUARDADAS)parado desde Agosto/2022 faltando algumas peças da parte da direção. MAIS DETALHES:")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>53.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200949", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200949", " CAIXA COMPACTADORA ESTACIONÁRIA 17 M3 - Nº 03 (FUNCIONANDO) CAIXA 03 NO ESTADO. ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200947", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200947", " CAIXA COMPACTADORA ESTACIONÁRIA 17 M3 - Nº 12 (FUNCIONANDO) CAIXA 12 NO ESTADO. ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200950", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/200950", " CAIXA COMPACTADORA ESTACIONÁRIA 17 M3 - Nº 14 (FUNCIONANDO) CAIXA 14 NO ESTADO. ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>