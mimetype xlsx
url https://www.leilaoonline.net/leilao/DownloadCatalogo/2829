--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,635 +269,559 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202778", "005")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202778", "veja o vídeo!! I/M. BENZ SLK 250 CGI; 2014/2014; VERMELHA; GASOLINA - FUNC. - IPVA 2023 OK - FIPE: R$ 204.336,00")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>181.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202234", "010")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202234", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2013/2013; PRATA; DIESEL - FUNC. - IPVA 2023 OK - FIPE: R$ 137.299,00")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>52.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202237", "011")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202237", "veja o vídeo!! I/AUDI A5 SPB 170CV; 2014/2015; PRETA; GASOLINA - FUNCIONANDO - IPVA 2023 OK ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202227", "013")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202227", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2017/2018; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203065", "015")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203065", "veja o vídeo!! TOYOTA/ETIOS HB X 13L AT; 2017/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202532", "017")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202532", "veja o vídeo!! VW/KOMBI FURGÃO; 2008/2009; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202228", "018")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202228", "veja o vídeo!! FIAT/FIORINO 1.4 FLEX; 2017/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202231", "019")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202231", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2016/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202225", "020")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202225", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2021/2022; BRANCA; DIESEL - FUNC. - IPVA 2023 OK - APROX. 13.500KM - FIPE R$ 263.987,00")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202235", "021")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202235", "AMBULÂNCIA I/FIAT DUCATO MAXICARGO; 2017/2018; BRANCA; DIESEL - IPVA 2023 OK - FIPE: R$ 158.205,00")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202236", "022")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202236", "veja o vídeo!! CHEVROLET/SPIN 1.8L MT LS E.; 2021/2021; PRATA; ALCO./GASOL. - FUNC. - FROTA I22 - IPVA 2023 OK - FIPE: R$ 70.794,00")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>52.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202233", "023")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202233", "veja o vídeo!! I/NISSAN FRONTIER LE X4; 2021/2022; AZUL; DIESEL - FUNCIONANDO - APROX. 19.100KM - FIPE: R$ 236.207,00")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>142.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202238", "024")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202238", "veja o vídeo!! I/BMW 116I 1A11; 2014/2014; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>42.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202232", "025")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202232", "veja o vídeo!! FIAT/LINEA ESSENCE 1.8;  2012/2012; PRETA; ALCO;/GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202229", "037")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202229", "veja o vídeo!! FIAT/STRADA WORKING CE; 2016/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>25.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202230", "039")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202230", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2012/2013; PRATA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>71.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202226", "041")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202226", "veja o vídeo!! CHEVROLET/S10 LT DD4A; 2021/2022; BRANCA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...68 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202533", "053")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202533", "veja o vídeo!! FIAT/STRADA WORKING; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>26.250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...382 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202534", "110")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202534", "veja o vídeo!! VW/KOMBI FURGÃO; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>18.750,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>