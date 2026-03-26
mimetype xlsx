--- v0 (2026-01-09)
+++ v1 (2026-03-26)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205365", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205365", "01 MOTOR MERCEDES BENS - MOD. OM 447; 01 MOTOR CATERPILLAR - MOD. 2CW00625; 01 MOTOR ESTACIONÁRIO; 01 BLOCO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205370", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205370", "01 MERCEDES MOD. OM366;  01 NISSAN 6 CILINDROS;  01 MWM 229;  01 MERCEDES OM 352;  01 MWM 299;  01 FORD 6 CILINDROS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205373", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205373", "01 MWM 229;  04 FORD 8L 6007 474;  01 MERCEDES OM 352.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205369", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205369", " 02 unidades - CÂMBIOS DIVERSOS")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205378", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205378", "[ VÍDEO ] MINI CARREGADEIRA CASE ANO 1997 - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>46.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205366", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205366", " MINIESCAVADEIRA BRUTATEC MOD.BR10")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205377", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205377", " MINIESCAVADEIRA WACKER NEUSON MOD. 38Z3 ANO 2010 - SERIE AG03379")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205367", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205367", " RETROESCAVADEIRA CATERPILLAR MOD. 416E ANO 2013")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>97.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205363", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205363", " BOMBA CENTRIFUGA DIESEL WACKER NEUSON MOD. PT6LS6POL")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205371", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205371", " GERADOR")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205374", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205374", " GERADOR")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205381", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205381", " TORNO MECANICO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>22.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205379", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205379", " 02 UNDADES - MAQUINA DE SOLDA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205368", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205368", " MOTOR CUMMINS")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205372", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205372", " VW 5-140 DELIVERY ANO 2008 - BAÚ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>64.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205380", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205380", " GM S10 CD EXECUTIVE 4X4 ANO 2011 - DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>33.750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205362", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205362", " VW GOL 1.0 ANO 2006 - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205364", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205364", " VW GOL 1.0 16V PLUS 4P ANO 2001 - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205382", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205382", "CARRETA - REBOQUEMANIA/ CARGA ABERTA / ANO 2001/2001 - 2 EIXOS - COR AMARELA")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...15 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205376", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205376", " CARROCERIA COMBOIO / BOZZA MOD.BSB9 ANO 2000")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205375", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205375", " PNEU 600/65R28 - ALLIANCE - MOD. SUPER POWER")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205494", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205494", "04 BOMBAS HIDRAULICAS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205495", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205495", "Aprox. 12 UNIDADES BOMBAS INJETORAS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...638 lines deleted...]
-      </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205496", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205496", "9 COMPRESSORES, 2 SETORES DE DIREÇÃO,  1 TOMADA DE FORÇA E 3 BOCAS DE LOBO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>