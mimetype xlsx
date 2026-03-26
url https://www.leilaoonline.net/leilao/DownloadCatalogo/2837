--- v0 (2025-11-05)
+++ v1 (2026-03-26)
@@ -269,187 +269,167 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202526", "515")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202526", "CAMINHÃO FORA DE ESTRADA RANDON RK435N, ANO 1995 - LOC: ATIBAIA/ SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202527", "516")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202527", "veja o vídeo!! COMPRESSOR CHICAGO PNEUMATIC 900Q, ANO: 1997 - ATIBAIA/ SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>96.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202528", "517")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202528", "veja o vídeo!! MOTOR DE IRRIGAÇÃO MERCEDES 352 COM BOMBA THEBE TH-50 - LOC: ATIBAIA/ SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202529", "518")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202529", "veja o vídeo!! PÁ CARREGADEIRA HYUNDAI 760-7A, ANO: 2011 - LOC. ATIBAIA/ SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202530", "519")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/202530", "veja o vídeo!! ESCAVADEIRA HYUNDAI 320LC-7, ANO: 2011 - ATIBAIA/ SP")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>