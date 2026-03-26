--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,635 +269,559 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203099", "005")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203099", "NISSAN FRONTIER S MTX4; 2021/2021; CABINE DUPLA; 4X4; DIESEL - FUNCIONANDO - FROTA J54 - IPVA 2023 OK - FIPE R$ 148.354,00")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>71.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203178", "010")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203178", "CAMIONETE CHEVROLET S10 LS DS4 4X4; 2017/2018 - FUNCIONANDO - FROTA 52 - FIPE R$ 131.820,00 - IPVA 2023 OK")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203180", "012")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203180", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; ALCO./GASOL. - FUNCIONANDO - PLACA FINAL 814 - IPVA 2023 OK")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203179", "015")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203179", "GM - CHEVROLET MONTANA LS; 2014/2015 - FUNCIONANDO - FROTA 98 - IPVA 2023 OK")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203101", "017")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203101", "NOVA SAVEIRO ROBUST; 2019/2020; COMPLETA - APROX. 62.000KM - IPVA 2023 OK - FINAL PLACA 8")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>43.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203098", "018")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203098", "TOYOTA HILUX CHLSTM4FD; 2020/2020; DIESEL - FUNCIONANDO - APROX. 112.300KM - FROTA C53 - IPVA 2023 OK")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203092", "019")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203092", "TOYOTA HILUX CHLSTM4FD; 2018/2018; DIESEL - FUNCIONANDO - APROX. 80.000KM - FROTA 74 - IPVA 2023 OK")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>61.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203097", "020")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203097", "TOYOTA HILUX CHLSTM4FD; 2020/2020; DIESEL - FUNCIONANDO - APROX. 134.600KM - FROTA D38 - IPVA 2023 OK ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203096", "021")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203096", "TOYOTA HILUX CHLSTM4FD; 2020/2020; DIESEL - FUNCIONANDO - APROX. 103.200KM - FROTA C52 - IPVA 2023 OK")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203093", "022")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203093", "TOYOTA/HILUX CSLSTM4FD 4X4; 2020/2020 - FUNCIONANDO - FROTA C54 - IPVA 2023 OK")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203100", "027")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203100", "VW GOL 1.0L MC4; 2018/2019 - FUNCIONANDO - FROTA 23 - IPVA 2023 OK")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203094", "036")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203094", "CHEVROLET/SPIN 1.8L MT LS; 2021/2021 - FUNC. - FROTA 08 - IPVA 2023 OK - FIPE: R$ 70.794,00")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203095", "037")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203095", "CHEVROLET/SPIN 1.8L MT LS E; 2021/2021 - FUNC. - PLACA FINAL 17 - COD. PATIO 44 - IPVA 2023 OK - FIPE: R$ 70.794,00")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203102", "051")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203102", "SSANGYONG KYRONM200XDI; 2011/2011 - FUNCIONANDO - FINAL PLACA 09 - IPVA 2023 OK")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203181", "057")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203181", "VW AMAROK CD 4X4 HIG; 2012/2013; CABINE DUPLA - FUNCIONANDO - PLACA FINAL 38 - IPVA 2023 OK")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203103", "059")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203103", "FIAT DOBLO ESSENCE 7L E; 2021/2021 - FUNCIONANDO - FROTA 91 - IPVA 2023 OK")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203182", "086")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203182", "CAMIONETE KIA UK 2500 HD SC; 2019/2020; BAÚ - FROTA 16 - IPVA 2023 OK")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203104", "087")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203104", "CAMIONETE KIA UK 2500 HD SC; 2019/2020; BAÚ - FROTA 94 - IPVA 2023 OK")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203183", "090")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/203183", "CAMINHÃO IVECO/TRAKKER 720T 42TN; 2009/2010; ANO TIPO TRAÇÃO CAMINHÃO TRATOR - IPVA 2023 OK")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>