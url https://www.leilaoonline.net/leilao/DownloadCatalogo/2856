--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,1595 +269,1399 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204086", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204086", " Lote com: Aproximadamente 150 pacotes de Lã de rocha - diversos tamanhos - Lances por Kg")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204080", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204080", " Lote com: Aproximadamente 3.000 Kg de parafusos grandes diversos - Lances por KG")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204095", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204095", " Lote com: Aproximadamente 3.000 Kg de parafusos pequenos diversos - Lances por KG")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204088", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204088", " Lote com: 12 unidades de Prateleiras em madeira para adega e garrafeiro")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204112", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204112", " Lote com: Aproximadamente 100 caixas de gôndolas - diversos tamanhos")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204115", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204115", " Lote com: Aproximadamente 3.000 Kg de plásticos triturados - diversas cores - em bag - Preços por Kg")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204081", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204081", " Lote com: Aproximadamente 3.000 Kg de plásticos triturados - diversas cores - em bag - Preços por Kg")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204089", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204089", " Lote com: 50 unidades de tubos em aço inoxidável ferrítico - 3m comprimento - parede de 2mm e diâmetro 2,5 pol.")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204085", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204085", " Lote com: 50 unidades de tubos em aço inoxidável ferrítico - 3m comprimento - parede de 2mm e diâmetro 2,5 pol.")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204110", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204110", " Lote com: 50 unidades de tubos em aço inoxidável ferrítico - 3m comprimento - parede de 2mm e diâmetro 2,5 pol.")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204101", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204101", " Lote com: Aproximadamente 2.000 Kg de Conexões de ferro fundido - diversos tamanhos ( 12, 13, 20cm) - Preços por KG")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204100", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204100", " Tanque de 10.000 litros em aço inox 304- 1,87m diam. x 2,49m comp. ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204091", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204091", " Tanque de 4.000 Litros em aço inox 304 - 1,63m diam x 2 m comp")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204094", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204094", " Trocador de Calor em aço Inoxidável 304 PAASCH ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204093", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204093", " Lote com: aproximadamente 5.000 Kg de parafusos pequenos diversos - Lances por KG")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204116", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204116", " Máquina Pré Limpeza de grãos - Marca:Munters,Modelo BB300-NE15AAN00000 Meio trocador Celdek6560/15 Tensão380v/3f/60hz Vazão de ar:30.000 m/h ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204084", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204084", " Máquina Pré Limpeza de grãos")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204099", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204099", " Máquina de Secagem")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204106", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204106", " Trator Ford Brasileiro 8br 64a/66 - funcionando")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204109", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204109", " Tanque capacidade 5.000 litros em aço inoxidável 304")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204119", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204119", " Lote com: Aproximadamente 8.000 Kg de Cantoneiras de diversos tamanhos e medidas (maior: 9 cm e menor: 4 cm e espessura: 6mm). - Lances por KG ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204097", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204097", " Vitrola ano:1906 Estados Unidos VICTOR TALKING MACHINE CO.")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204082", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204082", " Prensa de papelão e Latinha")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204117", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204117", " Lote com: Aproximadamente 150 pacotes de Lã de rocha - diversos tamanhos - Lances por Kg")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204102", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204102", " Motor para aprendizado em escolas e faculdades - Opala")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204118", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204118", " Lote com: Aproximadamente 29 unidades de Macacos hidráulicos")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204090", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204090", " Lote com: Aprox. 24 unidades de Rolos de esteiras 2* na cor verde medindo aproximadament 90 cm de comprimento .")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204108", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204108", " Lote com: Aprox. 64 unidades de Rolos de esteira 2* galvanizados medindo 1,50 metros de comprimento.")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204092", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204092", " Lote com: Aprox. 45 unid. De Bombas de pistão medindo aproximadamente 30cm")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204087", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204087", " Lote com: 8000 Kg de Bombas hidráulicas diversos tamanhos")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204111", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204111", " Lote com: Aprox. 10 unidades - Balança Cortbal 820kg, balança toledo 250kg,  balança perfecta 1.000kg")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204096", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204096", " Carretinha medindo 4,5 metros x 1,10 metros")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204105", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204105", " Lote com: 90 unid. De Vasos, Bides, pias com colunas e pias com colunas ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204120", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204120", " Piano Schwartzmann - usado - antigo")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204103", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204103", " Lote com: Aproximadamente 10.000 Kg de Andaimes de ferro aproximadamente 1,90 x 1,60 m - Lances por KG")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204128", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204128", " Lote com: 03 unid. Serras Elétricas")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204083", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204083", " Triturador")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204104", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204104", " Aspirador na qual a caixa mede 75 cm de altura por 56cm de largura.Sendo que o tamanho total da máquina mede acima de 2 metros.")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204098", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204098", " Caixa de fábrica de sapato - medindo 1,32m de altura, por 50 cm,por 70cm de largura.")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204123", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204123", " Lote com: 13 unidades de Tubos de gás diversos entre 1,04 metros de altura(1,10 de circunferência)a 1,30 metros de altura (1,19 de circunferência)")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204114", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204114", " GM/KADETT IPANEMA GL - Prata  Ano:93/94 - Alcool  - 180cv/1800 Licenciamento Ano  2023 quitados")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204126", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204126", " Torno Industrial")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204113", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204113", " Torno Mecânico Imor Min Barramento:2,5m Engrenagens de recambio:25 - 50 - 60- 75- 80 - 100- 127 ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204122", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204122", " Torno Industrial")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204107", "046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204107", " Plaina Limadora zocca Industrial  ")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204121", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204121", " Fresadora Fabricante:Indústria e comércio de Máquinas MB ltda. Tipo:800 Ano de fab:1981 220v")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204127", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204127", " Mesa de torno - Somente mesa")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204125", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204125", " Torno Industrial")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204124", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204124", " Torno Industrial")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>