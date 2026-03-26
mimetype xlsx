--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,1627 +269,1427 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205451", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205451", "Citroen C3 GLX 1.4 - 2006")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205274", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205274", "[vídeo] Citroen C3 GLX - 2011")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205221", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205221", " [vídeo] Peugeot 206 1.4 Sensat - 2007")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205212", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205212", " [vídeo] Moto Shineray XY 125 - 2015/2015")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205421", "009")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205421", "TV Samsung 43 Smart")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205422", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205422", "TV Samsung 43 Smart")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205225", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205225", " Tv Smart 55 LG nano cell 4k")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205222", "012")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205222", " Tv Smart 65 Samsung 4k")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205217", "013")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205217", " Tv Smart 43 LG")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205214", "014")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205214", " Tv LG 65 4K")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...10 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205275", "015")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205275", "Lote com: 02 Mini PCs - 4GB Ram - 500 HD - 120 SSD - Funcionando")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205277", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205277", "Lote com: 06 desktops")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205279", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205279", "Lote com: 06 desktops - funcionando")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205280", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205280", "Lote com: 2 desktops funcionando")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205439", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205439", "Lote com: 19 itens - desktops - monitores - impressoras ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205449", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205449", "Lote com: 07 desktops 8 GB Ram cada - Sendo i5 e i3 - 02 funcionando e 05 necessitam reparos ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205424", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205424", "Note I5 8GB Ram - Tela 15.6 Full HD - Placa vídeo de 1GB")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205425", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205425", "Lote com: 01 notebook I5 8GB e 01 notebook I5 4 GB - telas 15.6 - placa vídeo de 1 GB")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205426", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205426", "Lote com: 02 notebooks I7 4 GB ram - Tela 15.6")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205427", "024")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205427", "Lote com: 01 notebook I5 e 01 Notebook I7 - 4GB RAM telas 15.6")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205242", "025")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205242", "Pc Gamer RGB Watercooler Ryzen 32 GB RAM RTX3060 12Gb 500gb Ssd.m2 ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205428", "026")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205428", "PC GAMER i7 6700 com monitor 32 Pol. 16GB RAM 1 TB 500Gb HD SSD - Placa vídeo 8 GB")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205429", "027")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205429", "PC GAMER i7 3770 com monitor 32 Pol. 16GB RAM 1 TB 500Gb HD SSD - Placa vídeo 8 GB")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205218", "028")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205218", " Cadeira Gamer - giratória ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205452", "029")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205452", " Cadeira Gamer - giratória ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205434", "030")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205434", "Cadeira Gamer - Encosto alto ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205435", "031")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205435", "Cadeira Gamer - Encosto alto ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205438", "032")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205438", "Cadeira Gamer - Encosto alto ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205437", "033")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205437", "Cadeira Gamer - Encosto alto ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205276", "034")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205276", "Lote com: 5 impressoras ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205281", "035")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205281", "Lote com: Scanner - 03 pontos eletrônicos - Rádio")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205282", "036")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205282", "Lote com: 06 switchs  - impressora - roteadores ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205433", "037")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205433", " Home theater receiver 6.2 - 8 caixas - Funcionando.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205423", "038")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205423", "Adega Easy Cooler - 48 litros")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205432", "039")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205432", " Vitirine expositora refrigerada -1,90m - Funcionando")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205278", "040")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205278", "Rack - 0,70 Largura x 1,45 altura")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205215", "041")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205215", " Lote com: 02 módulos, 01 auto falante e 01 sensor ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205431", "042")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205431", " Lote com: 15 controles")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205430", "043")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205430", "Lote com: 02 filtros UB -  2 Bombas de grande capacidade ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205442", "044")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205442", "Lote com: 02 poltronas ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205440", "045")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205440", "Lote com: 02 poltronas ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205441", "046")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205441", "Lote com: 02 poltronas ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205443", "047")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205443", "Lote com: 03 quadros em alumínio e vidro - 60x90")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205516", "048")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205516", "Lote com: 02 prateleiras em aço galvanizado - 1.98 x 0.93 x 0.31 - Desmontada na caixa")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
-[...63 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+      <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205517", "049")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205517", "Lote com: 02 prateleiras em aço galvanizado - 1.98 x 0.93 x 0.31 - Desmontada na caixa")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205518", "050")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205518", "Lote com: 02 prateleiras em aço galvanizado - 1.98 x 0.93 x 0.31 - Desmontada na caixa")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205519", "051")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205519", "Lote com: 04 prateleiras em aço galvanizado - 1.98 x 0.93 x 0.31 - Desmontada na caixa")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...1210 lines deleted...]
-      <c r="E57" s="5" t="inlineStr">
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205520", "052")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205520", "Lote com: 04 prateleiras em aço galvanizado - 1.98 x 0.93 x 0.31 - Desmontada na caixa")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F57" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E58" s="5" t="inlineStr">
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205521", "053")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205521", "Lote com: 04 prateleiras em aço galvanizado - 1.98 x 0.93 x 0.31 - Desmontada na caixa")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F58" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205522", "054")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205522", "Lote com: 03 unidades de MX10 Smart Mini 32Gb Rom - 4 Gb Ram ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>