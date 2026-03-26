--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,603 +269,531 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204130", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204130", " COMPRESSOR PARAFUSO SRP4125E 125CV FLEX 7,5A11 BAR 380V - SCHULZ S.A - Com Defeito")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204131", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204131", " COMPRESSOR PARAFUSO SRP4125E 125CV FLEX 7,5A11 BAR 380V- SCHULZ S.A - Com Defeito")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204133", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204133", " MAQUINA P/DESBASTAR E APLAINAR ROLAND DG MDX-650 - SERIE ZT80726 - Com Defeito")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204132", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204132", " MAQUINA P/ TESTE INTERPERIES MOD HZ 2011 MARCA DONGGUAN SERIE 120817003 BRI-578/12 - Com Defeito")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205413", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205413", "Lote com: 8 unidades de Carregadores de bateria - Sendo: 02 K.M - 04 STILL J.L.W - 02 LINDER J.L.W - 24V/60A - Funcionando")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205414", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205414", "Lote com: 06 Unidades de carregadores de bateria STILL - J.L.W 24V/60A - Com defeito ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...142 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205415", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205415", "Lote com: 03 unidades de carregadores de bateria - sendo 01 K.M 28,8V/120A T e 02 Linder J.L.W 24V/60A T - com defeito ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205416", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205416", "Lote com: 07 carregadores de bateria - Sendo 02 K.M 24V/50, 60 e 90 A - 03 Still J.L.W 24V/60A T - 01 Linder J.L.W 24V/60A T - Funcionando")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205417", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205417", "Lote com: 03 carregadores de bateria Sendo : 01 K.M 48V/100A T - 02 STILL J.L.W 48V/100A T - Com defeito ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205418", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205418", "Lote com: 03 carregadores de bateria - Sendo: 01 K.M. 48V/100A T - 01 K.M. 24V/100A T - 01 STILL J.L.W 48V/100A T - Com defeito ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205419", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205419", "Lote com: 06 carregadores de bateria - Sendo: 04 K.M 48V/100A T e 02 STILL J.L.W 48V/100A T - Funcionando")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205420", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205420", "Carregador K.M 48V/120A T - Funcionando")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204141", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204141", " MAQUINA APLICAÇÃO DE DECORAÇÃO TRANSFER - Funcionando")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204176", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204176", " Chiller COREMA W/C 600 Com Defeito")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...245 lines deleted...]
-      <c r="C24" s="4" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204175", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204175", "Chiller COREMA W/C 600 Com Defeito")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D24" s="4" t="inlineStr">
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E24" s="5" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C25" s="4" t="inlineStr">
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204157", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204157", "Chiller COREMA W/C 600 Com Defeito")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D25" s="4" t="inlineStr">
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E25" s="5" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F25" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C26" s="4" t="inlineStr">
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204154", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204154", " Chiller COREMA W/C 600 Com Defeito")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D26" s="4" t="inlineStr">
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204146", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/204146", " Chiller COREMA W/C 600 Com Defeito")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>