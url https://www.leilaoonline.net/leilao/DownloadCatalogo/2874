--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,731 +269,643 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205391", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205391", " CAVALO MECANICO MERCEDES BENZ MB AXOR S3344S , 2009/2009, PL. FINAL: 4 (SP), CH.: 9BM9584719B650821  OBS:   ausência de bateria NO ESTADO. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205392", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205392", " SEMIRREBOQUE SIDER FACCHINI  IR RER FR, 1995/1995, PL. FINAL: 9 (SP), CH.: 9EL11FR03SV000323 OBS:   ausência do primeiro eixo NO ESTADO. ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205393", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205393", " SEMIRREBOQUE SIDER BERTOLINI SRF LO, 2000/2000, PL. FINAL: 2 (SP), CH.: 9A93BTCS2YMCP1001 OBS:   ausência de roda estepe, no estado NO ESTADO. ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205394", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205394", " SEMIRREBOQUE BAU FACCHINI  SRF CF, 2006/2006, PL. FINAL: 0 (SP), CH.: 94BF150366R005308  OBS:   ausência de roda estepe, no estado NO ESTADO. ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>57.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205395", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205395", " SEMIRREBOQUE BAÚ RANDON SR/ SR FG, 2000/2000, PL. FINAL: 0 (SP), CH.: 9ADF1543YYS155588  OBS:   ausência de roda estepe, no estado NO ESTADO. ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205397", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205397", " SEMIRREBOQUE BAÚ RANDON SR/ SR FG, 2000/2000, PL. FINAL: 1 (SP), CH.: 9ADF1543YYS155579  OBS:   ausência de roda estepe, no estado NO ESTADO. ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205396", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205396", " SEMIRREBOQUE BAÚ RANDON  SR FG, 2000/2000, PL. FINAL: 6 (SP), CH.: 9ADF1543YYS155599  OBS:   ausência de roda estepe, no estado NO ESTADO. ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205399", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205399", " SEMIRREBOQUE SIDER FACCHINI SRF LO, 1995/1995, PL. FINAL: 9 (SP), CH.: 9EL11FR03SV000358  OBS:   ausência de roda estepe, no estado NO ESTADO. ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205398", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205398", " SEMIRREBOQUE BAÚ RANDON  SR FG, 2000/2000,PL. FINAL: 0 (SP), CH.: 9ADF1543YYS152706  OBS:   ausência de roda estepe, no estado NO ESTADO. ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205401", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205401", " SEMIRREBOQUE BAÚ RANDON  SR FG, 2000/2000, PL. FINAL: 0 (SP), CH.: 9ADF1543YYS150735  OBS:   ausência de roda estepe, no estado NO ESTADO. ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205400", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205400", " SEMIRREBOQUE BAU RANDON  SR FG, 1999/1999, PL. FINAL: 7 (SP), CH.: 9ADF1543XXS146043  OBS:   ausência de roda estepe, no estado NO ESTADO. ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205402", "015")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205402", " SEMIRREBOQUE BAU RANDON  SR FG, 2000/2000,PL. FINAL: 0 (SP), CH.: 9ADF1543YYS155577  OBS:   ausência de roda estepe, no estado NO ESTADO. ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205405", "016")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205405", " CAMINHÃO POLIGUINDASTE FORD CARGO 2423, 2012/2013, PL. FINAL: 9 (SP), CH.: 9BFYEAKD0DBS13234  OBS:   ausência de bateria, pneus serão substituídos por pneus sucateados  NO ESTADO. ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>270.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205403", "017")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205403", " SEMIRREBOQUE SIDER RANDON SR/ SR FG (SINISTRO RECUPERADO), 2003/2003, PL. FINAL: 6 (SP), CH.: 9ADF151333S190960  OBS:   ausência de roda estepe, no estado NO ESTADO. ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205404", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205404", " SEMIRREBOQUE SIDER BERTOLINI AMZ BAL3FR, 2002/2002, PL. FINAL: 2 (SP), CH.: 9A93BTCS22MCP1006 OBS:   ausência de roda estepe, no estado NO ESTADO. ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205406", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205406", " SEMIRREBOQUE SIDER BERTOLINI AMZ BAL3FR, 2002/2002, PL. FINAL: 2 (SP), CH.: 9A93BTCS22MCP1001 OBS:   ausência de roda estepe, no estado NO ESTADO. ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205407", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205407", " TRATOR CORTADOR DE GRAMA, MODELO LT1597, 2014, SERIAL 022214D001439 OBS:   no estado  NO ESTADO. ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205410", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205410", " CAMINHÃO ROLLON GRIMALDI VOLVO VM 260 6x4R 2011/2011, PL. FINAL: 6, CH.: 93KK0E0D1BE125775 OBS:   ausência de bateria, pneus serão substituídos por pneus sucateados  NO ESTADO. ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205409", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205409", " MÁQUINA MANIPULADOR GENIE, MODELO GTH4013, SÉRIE 18614, ANO 2009 NO ESTADO. ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>160.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205515", "026")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205515", "MINI CARREGADEIRA CATERPILLAR, SERIE JAF524283, 2013/2013 ausência de bateria.  NO ESTADO. ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205826", "027")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205826", "SEMIRREBOQUE SIDER BERTOLINI AMZ BAL3FR, 2002/2002, PL.: MCQ3352 (SP), CH.: 9A93BTCS22MCP1004 OBS:   ausência de roda estepe, no estado NO ESTADO. ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205827", "029")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205827", "CAÇAMBA TRANSBORDO CANAVIEIRA  no estado ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>