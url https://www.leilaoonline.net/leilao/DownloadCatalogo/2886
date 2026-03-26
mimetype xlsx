--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205993", "015")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205993", "veja o vídeo!! CHEVROLET/SPIN 1.8L MT LS E.; 2021/2021; PRATA; ALCO./GASOL. - FUNC. - FROTA I22 - IPVA 2023 OK - FIPE: R$ 70.794,00")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205996", "017")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205996", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2016/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206119", "020")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206119", "veja o vídeo!! CHEVROLET/S10 LT DD4A; 2021/2022; BRANCA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206889", "021")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206889", "veja o vídeo!! I/NISSAN FRONTIER XE X4; 2020/2021; CINZA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206120", "023")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206120", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2012/2013; PRATA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206002", "024")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206002", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205999", "027")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205999", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2021/2022; BRANCA; DIESEL - FUNC. - IPVA 2023 OK - APROX. 13.500KM - FIPE R$ 263.987,00")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205994", "030")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205994", "veja o vídeo!! VW/KOMBI FURGÃO; 2008/2009; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206001", "031")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206001", "veja o vídeo!! IMP/GM SILVERADO; 1997/1997; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206000", "033")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206000", "veja o vídeo!! I/NISSAN FRONTIER LE X4; 2021/2022; AZUL; DIESEL - FUNCIONANDO - APROX. 19.100KM - FIPE: R$ 236.207,00")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>131.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206006", "035")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206006", "FIAT/STRADA WORKING; 2014/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206121", "037")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206121", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2017/2018; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2023 OK - APROX. 52.300KM")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/207149", "038")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/207149", "CHEVRTOLET S10 LS; 4X4; 2021/2022; DIESEL; COMPLETA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205995", "040")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205995", "AMBULÂNCIA I/FIAT DUCATO MAXICARGO; 2017/2018; BRANCA; DIESEL - IPVA 2023 OK - FIPE: R$ 158.205,00")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>46.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205998", "043")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205998", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2013/2013; PRATA; DIESEL - FUNC. - IPVA 2023 OK - FIPE: R$ 137.299,00")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205997", "045")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/205997", "veja o vídeo!! CHEVROLET/SPIN 1.8L MT LS E.; 2021/2021; PRATA; ALCO./GASOL. - FUNC. - FROTA F83 - IPVA 2023 OK - FIPE: R$ 70.794,00")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>33.750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206005", "050")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206005", "veja o vídeo!! FIAT/STRADA WORKING; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206007", "055")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206007", "veja o vídeo!! VW/KOMBI FURGÃO; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206003", "060")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206003", "FIAT/STRADA WORKING 1.4; 2014/2014; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/207034", "064")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/207034", "CAMINHÃO IVECO/TRAKKER 720T 42TN; 2009/2010; ANO TIPO TRAÇÃO CAMINHÃO TRATOR - IPVA 2023 OK")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>62.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...478 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206004", "065")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206004", "VW/KOMBI; 2011/2011; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>