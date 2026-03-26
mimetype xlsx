--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,315 +269,279 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/207083", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/207083", "Caminhão Ford Cargo 1932 Ano 2012 - km Aprox. 160 mil")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/207084", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/207084", "Escavadeira Case 240 ano 2013")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206111", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206111", " Aprox. 124 Itens de peças para Rompedor Pneumático Tex 31/41. (Veja o Descritivo)")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206110", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206110", " Aprox. 50 Peças de Veiculos Fiat, GM e VW. (Veja o Descritivo)")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206112", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206112", "Motor diesel Rhino 6 Cilindros para Escavadeira New Holland E385")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206113", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206113", "Motor diesel Rhino 6 Cilindros para Escavadeira New Holland E385")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206115", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206115", " Aprox. 37 unidades de Punhos para Perfuratriz e Bitz Botão. Veja especificações")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206114", "013")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206114", " 12 unidades de Mesa em L para Escritório cor Bege (Pouco uso)")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206116", "017")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206116", "19 aparelhos, sendo: 09 x 7000 BTUS+03 x 9000 BTUS + 03 x 12000 BTUS + 04  x 18000 BTUS. Marcas LG/York e Consul")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>