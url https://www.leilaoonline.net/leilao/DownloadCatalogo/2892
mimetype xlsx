--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,4283 +269,3751 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206755", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206755", " Desempeno de Bancada , medida de 200x 300mm, aproximadamente - APENAS UMA PEÇA. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206812", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206812", " Desempeno de Bancada , medida de 200x 300mm, aproximadamente - APENAS UMA PEÇA. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206781", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206781", " Desempeno de Bancada , medida de 200x 300mm, aproximadamente - APENAS UMA PEÇA. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206788", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206788", " Audi A3 2.0TFSI -PerformanceS-TRONIC 220cvGasolina2019/2019recuperado de sinistro")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206763", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206763", " Dobradeira KMD Titan Para papel Ano 2012")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206782", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206782", " Maquina de corte a laser , corte por CO2, Marca Bystronic, Modelo 3015, ano 2006, potencia 2200 Watts, mesa de 3000x1500mm, maquina com mesa automatica, modulos revisados, turbina revisada, acompanha Chiller e filtro original")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>245.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206819", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206819", " Maquina Universal de Ensaios , Marca Kratos , Modelo KE3000 , toda servo de alta precisao , capacidade 3.000KGF ,Falta garra superior e celula de Carga.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206757", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206757", " Hidrometro Mod. GL - WM-80 lIsso 4064Qn 40m3/HPN 16Bar")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206818", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206818", " Plataforma elevatória, Marca JLG, Modelo 600AJ, Horimetro 4100hs, Altura de alcance 20 metros, Giro 360°, todos os pistoes revisados, retentores - Orings  - filtros novos")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>230.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206835", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206835", " Impressora Off Set, Catu 660/1")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206789", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206789", " Impressora Off Set, Roland Practica, Monocolor")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206780", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206780", " Coladeria de Borda, Marca Tecmatic, Mod.: T201, 5 grupos, Cola, destopa, refila, raspa e pole")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206758", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206758", " Furadeira horizontal, Marca Baldan, Modelo: FH3, Ano: 2011, Mandril: 16mm, 2 velocidades, motor 2cv, mesa 450x230mm")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206828", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206828", " Tupia, Marca: Balda, Modelo: TU-4 - 3 Velocidades1300-6000-10000RPM Mesa 700x950mm")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206784", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206784", " Lote com: 12 unid. Disjuntor Square - Marca Schneider - Mod. Square QO - 60A - 3 polos - 120/24  Vac - 10 KA - Sem uso")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206771", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206771", " Lote com: 24 unid. Disjuntor Square - Marca Schneider - Mod. Square QO - 60A - 3 polos - 120/24  Vac - 10 KA - Sem uso")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206834", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206834", " Lote com: 48 unid. Disjuntor Square - Marca Schneider - Mod. Square QO - 60A - 3 polos - 120/24  Vac - 10 KA - Sem uso")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206826", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206826", " Lote com 1 caixa com 5 rolos de 30 metros de corda branca medida de 5/8 ou 16mm - Sem uso")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206766", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206766", " Lote com 1 caixa com 5 rolos de 30 metros de corda branca medida de 5/8 ou 16mm - Sem uso")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206768", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206768", " Lote com 1 caixa com 5 rolos de 30 metros de corda branca medida de 5/8 ou 16mm - Sem uso")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206799", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206799", " Conduite espiral Laranja – 300 metros")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206832", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206832", " Conduite espiral laranja Medida 12 x 9,80 mm , rolo de 300 metro")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206803", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206803", " Conduite espiral Prata – Rolo com 100 metros , medida 19 x 16 mm ,")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206805", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206805", " Lote com 2000 unidades Sem uso , sendo 500 unidades Cotovelo externo 3cm x 3 cm Tramontina -57300/23 , 500 unidades de ‘T” 6 x 2 cm , Tramontina ,cotovelo interno 500 unidades ,3cm de altura ,Tramontina e 500 unidades de Luva Branca Tramontina 6 cm x 2 cm ( 57300/02")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206810", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206810", " Lote com: 500 Unid. Microtransponder Trovan, Mod ID103 ruggedised - Sem Uso - Para identificação de cilindros em metal e plástico - Dimensões 3mm x 13mm")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206756", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206756", " Lote com: 500 Unid. Microtransponder Trovan, Mod ID103 ruggedised - Sem Uso - Para identificação de cilindros em metal e plástico - Dimensões 3mm x 13mm")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206770", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206770", " Lote com: 500 unid. Isolador 4 vias  - sem uso ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206806", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206806", " Lote com: 500 unid. Isolador 4 vias  - sem uso ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206827", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206827", " Lote com: 10 unid. Isolador Polimerico , para alta tensão , com engates tipo bola e na outra extremidade tipo concha , altura total 2.100mm , 46 saias  , diâmetro interno de 26 mm , diâmetro externo de 110mm")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206824", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206824", " Maquina para Fusao de Fibra Optica , acompanha maleta .Equipamento da marca Ji Long , Modelo KL 195 ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206791", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206791", " Maquina para Fusao de Fibra Optica , acompanha maleta .Equipamento da marca Ji Long , Modelo KL 195 ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206807", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206807", " Maquina para Fusao de Fibra Optica , acompanha maleta .Equipamento da marca Ji Long , Modelo KL 195 ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206804", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206804", " Maquina para Fusao de Fibra Optica , acompanha maleta .Equipamento da marca Ji Long , Modelo KL 195 ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206813", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206813", " Maquina para Fusao de Fibra Optica , acompanha maleta .Equipamento da marca Ji Long , Modelo KL 195 ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206798", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206798", " Lote com: 1 tambor ( 153kg) de peneira molecular grão dessecante - Esferas -2-3mm -  Ping Xiang Petrochemical - Sem uso - Lance por KG")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>7,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206821", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206821", " Lote com: 600Kg de peneira molecular grão dessecante - Esferas -2-3mm -  Ping Xiang Petrochemical - Sem uso - Lance por KG")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>7,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206762", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206762", " Lote com: 1200 Kg de peneira molecular grão dessecante - Esferas -2-3mm -  Ping Xiang Petrochemical - Sem uso - Lance por Kg")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>7,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206774", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206774", " Controlador de potência PCW-3p-60 - Novus - Corrente de carga 60A - Surto 1200A - Sem uso ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206761", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206761", " Relogio Comparador , Marca Mihohogu - Sem uso ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206773", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206773", " Notebook , marca Lenovo , Modelo R61 , Think Pad – Intel Celeron  , c/ Wi Fi e Bluetooth")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206787", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206787", " Torre Cpu , Marca Lenovo , Modelo Think Centre , com Windows 7 e Intel Pentium ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206815", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206815", " Torre Cpu , Marca Lenovo , Modelo Think Centre , com Windows 7 e Intel Pentium ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206786", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206786", " Torre Cpu , Marca Lenovo , Modelo Think Centre , com Windows 7 e Intel Pentium ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206811", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206811", " Torre Cpu , Marca Lenovo , Modelo Think Centre , com Windows 7 e Intel Pentium ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206760", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206760", " Torre Cpu , Marca Lenovo , Modelo Think Centre , com Windows 7 e Intel Pentium ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206775", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206775", " Linha com Rebobinador , bobinador e alinhador de entrada do bobinador . Marca Fabrimaquinas .Equipada com motoredutores e comando da SEW EURODRIVE")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206769", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206769", " Torno Fixo para encanador / Morsa para tubos e canos , Modelo Nº4")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206843", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206843", " Lote com 10 latas de óleo , para aviões , contendo 946 ml cada lata , Marca Mobil Jet ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206794", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206794", " Lote com Mangueira de  Sucção , 3” x 10 metros - Sem uso")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206777", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206777", " Lote com 100 Aventais Descartaveis Manga Longa , Marca Volk do Brasil , modelo TNT ML 30 gr  - sem uso ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206837", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206837", " Lote com 500 Aventais Descartaveis Manga Longa , Marca Volk do Brasil , modelo TNT ML 30 gr  - sem uso ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206793", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206793", "Lote com 500 pares de Luvas Latex Esterilizadas , Embaladas para a par separadamente, Marca Glove , cada caixa com 50 pares.")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206790", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206790", "  Chery Face , gasolina , 4 portas - Ano 2011 - documentação 2023 ok, placa final 5 .")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206759", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206759", " Maçarico para Brasagem , Marca Condor , Kit com Botijão ( Vazio ) , Carrinho com regulagem de altura e Mangueira com regulador")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206885", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206885", " Lote com 2 estufas para eletrodos")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206825", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206825", " Lote com 3 placas de arrasto ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206767", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206767", " Lote com 3 gaveteiros ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206764", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206764", " Lote com 9 Furadeiras")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206838", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206838", " Interface , Marca Datapool , modelo ICI 1115 ,Sem uso - na caixa - acompanha cabos .")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206816", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206816", " Sistema Microcontrolador Familia 8051 - Sem uso, na caixa")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206778", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206778", " Lote com 3 placas de arrasto")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206809", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206809", " Lote com 2 Desempenos de Bancada , medida de 200x 300mm,aproximadamente")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206796", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206796", " Lote com 2 Desempenos de Bancada , medida de 200x 300mm,aproximadamente")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206765", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206765", " Lote com 1 Desempeno de Bancada , medida de 200x 300mm,aproximadamente")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206823", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206823", " Lote com: 12 unid. Disjuntor Square - Marca Schneider - Mod. Square QO - 60A - 3 polos - 120/24  Vac - 10 KA - Sem uso")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206836", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206836", " Lote com: 12 unid. Disjuntor Square - Marca Schneider - Mod. Square QO - 60A - 3 polos - 120/24  Vac - 10 KA - Sem uso")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206801", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206801", " Lote com: 24 unid. Disjuntor Square - Marca Schneider - Mod. Square QO - 60A - 3 polos - 120/24  Vac - 10 KA - Sem uso")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206831", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206831", " Lote com: 48 unid. Disjuntor Square - Marca Schneider - Mod. Square QO - 60A - 3 polos - 120/24  Vac - 10 KA - Sem uso")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206833", "070")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206833", "  Projetor de Perfil , marca Nikon  ,Modelo Shadowgrph 6C")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206797", "071")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206797", " Lote com: 500 Unid. Microtransponder Trovan, Mod ID103 ruggedised - Sem Uso - Para identificação de cilindros em metal e plástico - Dimensões 3mm x 13mm")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206808", "072")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206808", " Lote com: 500 Unid. Microtransponder Trovan, Mod ID103 ruggedised - Sem Uso - Para identificação de cilindros em metal e plástico - Dimensões 3mm x 13mm")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206772", "073")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206772", " Lote com: 1 tambor ( 153kg) de peneira molecular grão dessecante - Esferas -2-3mm -  Ping Xiang Petrochemical - Sem uso - Lance por KG")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>8,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206792", "074")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206792", " Lote com: 600Kg de peneira molecular grão dessecante - Esferas -2-3mm -  Ping Xiang Petrochemical - Sem uso - Lance por KG")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>8,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206779", "075")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206779", " Lote com: 1200 Kg de peneira molecular grão dessecante - Esferas -2-3mm -  Ping Xiang Petrochemical - Sem uso - Lance por Kg")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>8,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206886", "076")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206886", " Lote com 100 unidades de Malotes , em lona , extremamente resistente , com manchas de umidade")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206800", "077")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206800", " Lote com 50 unidades de Malotes , em lona , extremamente resistente , com manchas de umidade")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206830", "078")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206830", " Lote com 30 unidades de Malotes , em lona , extremamente resistente , com manchas de umidade")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206814", "079")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206814", " Lote com 1000 unidades de Malotes , em lona , extremamente resistente , com manchas de umidade")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206880", "080")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206880", " Lote com 10000 unidades de Malotes , em lona , extremamente resistente , com manchas de umidade")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206817", "081")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206817", " Lote com Sucata de mesa de medição tridimensional Mauser Zeiss Mod KMZ P  201210 , com painel . Peso aproximado 16.000 kg")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206783", "082")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206783", " cabeçote , original Polimaquinas , fundo e beira lateral , sem uso , Mod 700mm")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206881", "083")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206881", " Lote com 10 Talabartes , data de fabricação de 2015 e 2017")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206776", "084")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206776", " Lote com 3 unidades de localizadores para satélite ,marca DSM Gifted , modelo 8dtek ,  na caixa")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206795", "085")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206795", " Lote com 30 unidades de Malas em lona tipo bolsa ideal para maquina de fusão optica , NÃO ACOMPANHA AS MAQUINAS DE FUSAO.")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206887", "086")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206887", " Torre de iluminação , Marca Terex , Modelo TML 4000 ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206802", "087")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206802", "Armário com duas portas medidas:1,72 mt altura x 87 cm de largura e 1,97 mt de comprimento , com alça para remoção - Vazio")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206785", "088")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206785", " Lote com um Carrinho para manutenção , com rodas , dimensões profundidade 66 cm x comprimento 1,80 mt x 1,60 mr de largura.")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206829", "089")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206829", " Lote com 5 pares de Luvas de alta tensão , fabricação em 2018")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206872", "090")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206872", " Lote com 50 unidades de grampos de suspensão dielétrica - sem uso")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206876", "091")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206876", "Sugador de solda com motor e ventoinha")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206820", "092")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206820", " Lote com uma Torre de Empilhadeira, Marca Toyota , modelo 1400kg")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206874", "093")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206874", " Lote com uma Traseira para empilhadeira , Marca Toyota")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206822", "094")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206822", " Lote com um Relogio Comparador - Sem uso , Marca Mihohogu")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206879", "095")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206879", " Lote com: 2 unid. Lote com  armários de Painel elétrico  , com peças Siemens .")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206878", "096")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206878", " Mesa Vaporizadora , Marca Monti Antonio , modelo 403")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206883", "097")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206883", "  Moinho para plástico , Motor WEG revisado  ,boca de 600mm , facas gastas")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206839", "098")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206839", "  Torre CPU Think Centre , Marca Lenovo com Windows 7 e Intel Pentium")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206877", "099")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206877", "  Torre CPU Think Centre , Marca Lenovo com Windows 7 e Intel Pentium")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206884", "100")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206884", "  Torre CPU Think Centre , Marca Lenovo com Windows 7 e Intel Pentium")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206882", "101")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206882", "  Torre CPU Think Centre , Marca Lenovo com Windows 7 e Intel Pentium")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206847", "102")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206847", "  Torre CPU Think Centre , Marca Lenovo com Windows 7 e Intel Pentium")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206846", "103")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206846", "  Torre CPU Think Centre , Marca Lenovo com Windows 7 e Intel Pentium")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206862", "104")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206862", "  Torre CPU Think Centre , Marca Lenovo com Windows 7 e Intel Pentium")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206848", "105")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206848", "  Torre CPU Think Centre , Marca Lenovo com Windows 7 e Intel Pentium")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206852", "106")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206852", "  Torre CPU Think Centre , Marca Lenovo com Windows 7 e Intel Pentium")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206840", "107")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206840", "  Torre CPU Think Centre , Marca Lenovo com Windows 7 e Intel Pentium")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206849", "108")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206849", " Lote com Duas unidades de  Torno Fixo para encanador / Morsa para tubos e canos , Modelo Nº4")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206841", "109")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206841", " Prensa Hidraulica , marca Eva , Capacidade 40 toneladas , com suporte adicional ; ")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206851", "110")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206851", " Forno Secador e Reativador para calçados - Sazi Turbo 742")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206854", "111")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206854", " dispositivo para área de usinagem ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206858", "112")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206858", " Mangueira de sucção  3” X 10 Mt")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206853", "113")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206853", " Lote com um Maçarico para Brasagem , Marca Condor , Kit com Botijão ( Vazio ) , Carrinho com regulagem de altura ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206863", "114")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206863", " Lote com 100 unidades de  Aventais Descartaveis Manga Longa , Marca Volk do Brasil , modelo TNT ML 30 g - sem uso")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...378 lines deleted...]
-      <c r="E25" s="5" t="inlineStr">
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206844", "115")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206844", " Lote com 100 unidades de  Aventais Descartaveis Manga Longa , Marca Volk do Brasil , modelo TNT ML 30 g - sem uso")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206861", "116")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206861", " Lote com 500 unidades de  Aventais Descartaveis Manga Longa , Marca Volk do Brasil , modelo TNT ML 30 g - sem uso")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206842", "117")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206842", " Lote com 500 unidades de  Aventais Descartaveis Manga Longa , Marca Volk do Brasil , modelo TNT ML 30 g - sem uso")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206860", "118")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206860", " Lote com 500 unidades de  Aventais Descartaveis Manga Longa , Marca Volk do Brasil , modelo TNT ML 30 g - sem uso")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206845", "119")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206845", " Lote com 500 pares de Luvas Latex Esterilizadas , Embaladas para a par separadamente, Marca Glove , cada caixa com 50 pares.")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206859", "120")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206859", " Lote com 500 pares de Luvas Latex Esterilizadas , Embaladas para a par separadamente, Marca Glove , cada caixa com 50 pares.")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206855", "121")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206855", " Lote com 500 unidades de  Aventais Descartaveis Manga Longa , Marca Volk do Brasil , modelo TNT ML 30 g - sem uso")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206850", "122")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206850", " Lousa ELetrônica , Marca Smart Board 800")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206857", "123")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206857", " Lote com 2 unidades de estufas para eletrodo")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F25" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E26" s="5" t="inlineStr">
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206856", "124")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206856", "  Exaustor , com motor de ½ CV .")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206865", "125")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206865", " Lote com 3 grades de proteção tipo Biombo ")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206864", "126")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206864", " Lote com 10 latas de Oleo para aviões , contendo 946 ml cada lata , Marca Mobil Jet ")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206875", "127")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206875", " Lote com 10 caixas de emenda - Sem uso ")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206868", "128")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206868", " Torquimetro ,Marca Snap-On , Torq Meter")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206869", "129")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206869", " interface , Marca Datapool , modelo ICI 1115 - Sem uso, na caixa")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
-[...2234 lines deleted...]
-      <c r="E96" s="5" t="inlineStr">
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206873", "130")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206873", " Microcontrolador Familia 8051 - Sem uso, na caixa ")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206871", "131")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206871", " Computador AppleAll In One , Mod 1311Tela 21,5Imac Processador Pentium i5sem mouse e sem teclado")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F96" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E97" s="5" t="inlineStr">
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206870", "132")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206870", " Computador AppleAll In One , Mod 1311Tela 21,5Imac Processador Pentium i5sem mouse e sem teclado")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F97" s="4" t="inlineStr">
-[...250 lines deleted...]
-      <c r="E105" s="5" t="inlineStr">
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206867", "133")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206867", " Computador AppleAll In One , Mod 1311Tela 21,5Imac Processador Pentium i5sem mouse e sem teclado")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F105" s="4" t="inlineStr">
-[...1182 lines deleted...]
-      </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206866", "134")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206866", " Computador AppleAll In One , Mod 1311Tela 21,5Imac Processador Pentium i5sem mouse e sem teclado")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>