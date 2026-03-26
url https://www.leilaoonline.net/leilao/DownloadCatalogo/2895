--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,1659 +269,1455 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206912", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206912", " Policorte com motor de 3Hp WEG")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206922", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206922", " Lote com: Diversas tochas para máquina de solda MIG")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206927", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206927", " Lote com: 03 unid. Moto vibradores - 1/² HP, 1 HP, 3 HP")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206926", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206926", " Bomba Auto escorvante")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...10 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206911", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206911", " Lote com: 01 talha Manual de 5 Tons. - 01 troyller")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206921", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206921", " Plaina Limadora 400mm com morsa")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206913", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206913", " Lote com: 50 unid. Caixas Plásticas organizadoras Bin 9 ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206920", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206920", " Moitão de 25 toneladas")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206929", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206929", " Bomba WAP de pistões - Alta pressão - 6 pistões com motor D")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206931", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206931", " Lote com: 03 unid. Bombas de transferência e 02 bombas hidráulicas para caminhões basculantes")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206914", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206914", " Bomba triplex de alta pressão em inox e níquel - Catpump Mod 6767 - Sem Uso ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206915", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206915", " Bomba SPX Bran Luebbe dosadora - Mod. Novados H5 - Sem uso")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206918", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206918", " Bomba Wayne de alta pressão Hidrolavadora de 6 pistoes - Mod HU6601 - Acompanha kit completo sem uso")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206936", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206936", " Mini Unidade Hidráulica de 0,37KW - trifásica")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...20 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206917", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206917", " Bomba para massas diversas - parafuso Duplo 3"")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206924", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206924", " Umidificador intensivo - Bi-mix Sangati Berga mod. 30-55/180-22 - 25 HP - Fluxo de 20 a 25 ton/h")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>7.200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206925", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206925", " Redutor Transmotécnica para tanques misturadores - Cap. 20hp - redução 1:25")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206932", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206932", "Lote de Polias e acoplamentos diversos - usados e sem uso")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206937", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206937", " Moto esmeril de 5 HP - trifásico")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206919", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206919", " Calandra de barras chatas/ Laminadora de barras de aço")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206928", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206928", " Motor hidráulico Sauer Danffos - alto torque")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206923", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206923", " Lote com: 2 unid. Válvulas de esferas 12x 10 (sem uso) - 04 unid.8x6 (sem uso) - 03 unid. WRM 4R - 03 unid. OMEL VA908 NT8 de fecho de borracha tipo gaveta ( sem uso)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206934", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206934", " Lote com: Ferramentas diversas")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206935", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206935", " Compressor 60 Pés - 140 Libras - Motor 15hp Bar.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206939", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206939", " Bomba de vácuo em aço Inox anel líquido - OMEL mod. 230/160")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206933", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206933", " Torno Mecânico ROMI S-90 - Barramento 5m com plada de 1m diam. E 500mm de centro até o barramento - pararolos de laminar e eixos de grande diâmentro - 9.800Kgs")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206916", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206916", " Bomba Positiva em inox - SPX Walkesha Mod.130 U1 - cap. 540Lts/Min - entrada e saida 3" - Pressão Max. 200PSI")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206942", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206942", " Guincho Hidráulico/Planetário Braden para guindastes - 20 ton. - funcionando")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>43.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206930", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206930", " Guincho Hidráulico 2.5 Tons - Funcionando")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206943", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206943", " Redutor Angulado 10HP - redução 1:2")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206941", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206941", " Guincho de arraste naval - 20 Tons. Com Sistemas de freio eletromagnético no motor elétrico de 30 HP e freio de emergência manual com molinete de recolhimento Capstan - Peso Aprx. 8.000Kg")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206938", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206938", " Bombas de vácuo Anel liquido (desl. Positivo) Geminadas OMEL BVN 150 - com pulmão de tanque de vácuo ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206940", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206940", " Soprador Trilobular Robuschi RBS 75 F")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>9.800,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206968", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/206968", "BOMBA TRIPLEX   KERR K 3350 - Atuação intermitente - Sucção NPT de 3" - 17.000Lts/min.máx - 2.160Psi Máx")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/207930", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/207930", "Lote com: Rolamentos, mancais e contra recuo ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/207931", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/207931", "Lote com: Motores e redutores diversos ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/207932", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/207932", "Lote com: Materiais elétricos diversos")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/207933", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/207933", "Lote com: Redutores, motores e outros.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/207934", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/207934", "Lote com: produtos para pinturas")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/207935", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/207935", "CERAMIC BACKING - PARA SOLDAGENS")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208301", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208301", "Redutores para cremalheira de elevadores")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208302", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208302", "Redutor de velocidade - 40 Hp - 10x1")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208303", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208303", "Lote com: 02 redutores Bonfiglioli - sendo redução 12x1 e 35x1 - Sem uso ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208304", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208304", "Unidade Hidráulica portátil - 5 Hp")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208305", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208305", "Lote com: 02 unidades de motoredutores com freios eletromagnéticos SEW 1x 23.7 - motor de 12 HP")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208306", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208306", "Lote com: 2 unid. macacos hidráulicos dupla ação com bomba Enerpac")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208307", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208307", "Unidade Hidráulica portátil 24 volts - motor de 2 Hp")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208308", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208308", "Unidade Hidráulica portátil - comando Manual - 24 Volts - motor 3/4Hp")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...89 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208372", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208372", "Cilindro médico de emergência ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...532 lines deleted...]
-      <c r="E34" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208373", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208373", "Motor bifásico rural WEG - 7.5Hp - freio eletromagnético ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
-      <c r="F34" s="4" t="inlineStr">
-[...830 lines deleted...]
-      </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208374", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208374", "Lote com: roçadeira elétrica, auxiliar de partida, macaco sanfona, e outros diversos itens")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>