--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13361", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13361", " PEÇAS ELÉTRICAS ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13362", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13362", " PEÇAS E ACESSÓRIOS DE TRANSMISSÃO ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13365", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13365", " PEÇAS E ACESSÓRIOS DE SUSPENSÃO ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13354", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13354", " PEÇAS E ACESSÓRIOS DE MOTOR ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13358", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13358", " PEÇAS E ACESSÓRIOS DE FREIO ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13370", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13370", " PEÇAS E ACESSÓRIOS DE DIREÇÃO ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13356", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13356", " PEÇAS DE CHASSI ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13359", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13359", " FILTROS ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13357", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13357", " COMPONENTES PNEUMÁTICOS ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13371", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13371", " COMPONENTES MECÂNICOS ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13366", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13366", " COMPONENTES HIDRÁULICOS ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13375", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13375", " CALDERARIA / USINAGEM E SOLDA ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13369", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13369", " COMPONENTES ELÉTRICOS ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13374", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13374", " MATERIAL ELÉTRICO ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13373", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13373", " MATERIAL HIDRÁULICO ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13376", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13376", " FERRAMENTAS E MADEIRA ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13355", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13355", " MATERIAL DE BORRACHARIA ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13363", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13363", " LOTE COM 68 UNID. DE CONTAINERS USADOS .   No estado.  ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13517", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13517", "CAMINHÃO VW 17.180, ANO: 2007,  TOCO, MECÂNICO, COM EQUIP.: CAM CARROC / MUNCK. (PNEUS SERÃO TROCADOS POR PNEUS SUCATEADOS.). PLACA:  DZJ8680,  CHASSI:  9BWC182T68R810374, RENAVAM: 949210358")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>41.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13518", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13518", "CONTAINER REFRIGERADO -  ativo :  10000120,  NO ESTADO. LOCAL: RGA. ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...542 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13519", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13519", "VARR. AUTO-PROPELIDA - MOD: SOCIEDADE ALFA VARREDEIRA 636 HS, ANO:  2010,  NO ESTADO. LOCAL: KOLETA /SP. ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>