--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,1883 +269,1651 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208356", "040")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208356", "I/BMW X1 SDRIVE1.8I VL31; 2010/2011; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208321", "043")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208321", "CHEVROLET/ONIX 1.4AT LTZ; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208359", "045")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208359", "I/NISSAN VERSA 16SV FLEX; 2011/2012; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208367", "047")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208367", "I/HYUNDAI I30 2.0; 2011/2012; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208369", "050")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208369", "VW/GOLF 1.6 SPORTLINE; 2010/2011; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208368", "055")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208368", "veja o vídeo!! I/VW TIGUAN 2.0 TSI; 2010/2011; PRETA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208338", "060")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208338", "veja o vídeo!! CAMINHÃO VW/5.140E DELIVERY; 2010/2010; BRANCA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>112.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208323", "063")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208323", "veja o vídeo!! CHEVROLET/SPIN 1.8L MT LS E.; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA H16 - IPVA 2023 OK")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>31.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208329", "065")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208329", "veja o vídeo!! HONDA/CITY PERSONAL; 2019/2019; AZUL; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 46.000KM")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>44.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208343", "067")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208343", "veja o vídeo!! TOYOTA/ETIOS HB X 13L AT; 2017/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208317", "070")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208317", "veja o vídeo!! CHEV/ONIX JOY; 2020/2020; AZUL; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208882", "073")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208882", "veja o vídeo!! FIAT/PUNTO ELX 1.4; 2009/2010; PRETA; ALCO./GASOL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208339", "075")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208339", "veja o vídeo!! HONDA/HR-V EXL CVT; 2021/2021; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>71.750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208346", "077")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208346", "veja o vídeo!! CHEVROLET/MONTANA LS; 2011/2012; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208325", "080")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208325", "veja o vídeo!! I/M. BENZ SLK 250 CGI; 2014/2014; VERMELHA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208330", "082")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208330", "veja o vídeo!! HYUNDAI/HB20 10M SENSE; 2020/2021; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 37.000KM")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208326", "083")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208326", "veja o vídeo!! HONDA/HR-V EXL CVT; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>72.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208322", "085")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208322", "veja o vídeo!! CHEV/ONIX 10MT LT2; 2021/2022; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2023 OK - APROX. 18.900KM")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208318", "087")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208318", "veja o vídeo!! HONDA/FIT PERSONAL; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK. - APROX. 21.500KM")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208883", "089")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208883", "veja o vídeo!! I/MMC ASX 2.0; 2010/2011; PRETA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>30.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208316", "090")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208316", "veja o vídeo!! I/BMW 116I 1A11; 2014/2014; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208320", "093")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208320", "veja o vídeo!! TOYOTA/ETIOS SD XLS; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>20.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208364", "095")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208364", "VW/GOL 1.0; 2009/2010; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208315", "097")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208315", "veja o vídeo!! HONDA HR-V EXL CVT; 2020/2020; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 35.000KM")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>95</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>72.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208340", "099")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208340", "veja o vídeo!! JEEP/COMPASS LONGITUDE F; 2017/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208335", "100")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208335", "veja o vídeo!! GM/CLASSIC LIFE; 2007/2008; BEGE; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208336", "103")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208336", "veja o vídeo!! I/KIA SOUL EX 1.6 FF AT; 2011/2012; MARROM; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208363", "105")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208363", "NISSAN/VERSA 10 S; 2015/2016; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208328", "107")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208328", "veja o vídeo!! TOYOTA/ETIOS HB XS; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 64.700KM")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208327", "110")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208327", "veja o vídeo!! I/CHEVROLET AGILE LTZ; 2011/2011; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208324", "113")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208324", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; ALCO./GASOL. - FUNCIONANDO - FROTA 814 - IPVA 2023 OK")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208331", "115")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208331", "veja o vídeo!! PEUGEOT/2008 ALLURE PK; 2022/2022; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208355", "120")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208355", "veja o vídeo!! TOYOTA/ETIOS HB XS 15; 2015/2015; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208314", "123")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208314", "RARIDADE IMP CHEVROLET; 1929/1929; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>53.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208334", "125")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208334", "veja o vídeo!! I/PEUGEOT 3008 GRIFFE; 2011/2012; PRATA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208358", "127")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208358", "veja o vídeo!! VW/NOVA SAVEIRO CE; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208342", "130")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208342", "veja o vídeo!! I/HONDA CR-V EXL; 2009/2009; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>29.250,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208332", "133")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208332", "VW/NOVA SAVEIRO RB MBVS; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - APROX. 62.300KM")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208344", "135")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208344", "GM/OPALA; 1971/1971; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>25.250,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208350", "137")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208350", "veja o vídeo!! RENAULT/DUSTER 16 D 4X2; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>23.750,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208360", "140")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208360", "veja o vídeo!! HONDA/CIVIC LX; 2002/2003; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208347", "143")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208347", "veja o vídeo!! TOYOTA/ETIOS HB XS 15 AT; 2016/2017; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208362", "145")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208362", "veja o vídeo!! I/VW SPACEFOX; 2008/2009; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208349", "147")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208349", "FORD/KA SE 1.0 SD B; 2018/2018; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>29.990,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208333", "150")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208333", "veja o vídeo!! GM/CARAVAN COMODORO; 1985/1985; BEGE; ALCOOL - FUNCIONANDO - TURBO LEGALIZADO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208365", "153")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208365", "veja o vídeo!! FORD/ESCORT L; 1993/1994; DOURADA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208366", "155")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208366", "veja o vídeo!! VW/GOL 1.0 GIV; 2011/2011; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208345", "157")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208345", "GM/MERIVA JOY; 2009/2010; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208348", "160")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208348", "veja o vídeo!! I/HONDA CR-V EXL; 2008/2008; PRATA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>24.250,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208337", "163")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208337", "SSANGYONG KYRONM200XDI; 2011/2011 - FUNCIONANDO - FINAL PLACA 09 - IPVA 2023 OK")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208352", "165")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208352", "CHEVROLET/CRUZE LT NB; 2012/2012; ALCO./GASOL./GNV - FUNCIONANDO - PLACA FINAL A20 - IPVA 2023 OK")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208354", "167")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208354", "EVOQUE PURE P5D; 2015/2015 - IPVA 2023 OK")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208341", "170")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208341", "veja o vídeo!! NISSAN/VERSA 10 S; 2016/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208351", "173")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208351", "veja o vídeo!! CITROEN/C3 PICASSO EXC A; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>17.990,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208361", "175")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208361", "veja o vídeo!! IMP/VOLVO V40 2.0 T; 2001/2001; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208353", "177")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208353", "I/CHEVROLET AGILE LTZ; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208370", "250")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208370", "JOGO DE RODAS 5 FUROS ARO 18" COM PNEUS 215 X 35")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>2.650,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...1726 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208371", "255")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208371", "JOGO DE RODAS ORBITAL (FUTURA) ARO 14 COM PNEUS")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>