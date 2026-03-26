--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208397", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208397", " CAMINHÃO VW 17190 WORKER, POLIGUINDASTE SIMPLES, GRIMALDI - PARA CAÇAMBAS ATE 5 TON. ANO/MOD: 2013                     NO ESTADO.  PLACA:  FEQ-0B52 CHASSI:  9533E8249DR357784 RENAVAM:  596813279. KM ATUAL APROX. 533,937 OBS:  VEICULO ESTÁ COM PROBLEMA NA BOMBA /COMB. VENDIDO NO ESTADO EM QUE SE E")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>112.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208395", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208395", " CAMINHÃO VW 17.230 , COMPACTADOR 15 M3 - PLANALTO - ANO/MOD:  2016.  NO ESTADO.  PLACA:  FLE1555 CHASSI:  9533G8248GR608485 RENAVAM:  1089342354. KM ATUAL APROX. 228,326 OBS:  Veículo estava operacional, mecânica ok, porém está parado há alguns meses. Bateria descarregada. Vendido no estado em que ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208396", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208396", " CAMINHÃO VW 17190 WORKER, BAÚ SIDER C/ PLATAFORMA HIDRÁULICA, ANO/MOD: 2014.  NO ESTADO.  PLACA:  FQA6919 CHASSI:  9533E8246ER421572 RENAVAM:  1175139936. KM ATUAL APROX. 68,684 OBS:  Veículo ok, estava operacional. Bateria descarregada. Vendido no estado em que se encontra. MAIS DETALHES: SINTESE ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208398", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208398", " CAMINHÃO VW 17.230 , COMPACTADOR 15 M3 - PLANALTO, COM:  BATE CONTAINER - ANO/MOD:  2016.  NO ESTADO.  PLACA:  GEN6104 CHASSI:  9533G8249GR607488 RENAVAM:  1089341900. KM ATUAL APROX. 173,000 OBS:  Veículo estava operacional, porém está parado há alguns meses. Precisa de revisão em geral. Vendido n")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>