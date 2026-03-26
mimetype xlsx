--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,603 +269,531 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208727", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208727", "[ VÍDEO ]  RETROESCAVADEIRA CATERPILLAR MOD. 416D ANO 2005")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>79.700,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208726", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208726", " Lote peças Caterpillar - Radiador 120B em bom estado, Capa seca do motor 3306, Volante do motor 3306, embreagem 3306")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4.700,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208732", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208732", "CAÇAMBA BASCULANTE - GALEGO  - 14 M3 de CAPACIDADE - PISTÕES HIDRAULICOS - SEM BOMBA HIDRAULICA DA TOMADA DE FORÇA ( CAMINHÃO NÃO ACOMPANHA)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208733", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208733", "MOTONIVELADORA NEW HOLLAND MOD. RG170 ANO 2006")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208734", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208734", "PÁ CARREGADEIRA  CARTEPILLAR MOD. 938F ANO 1996")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208735", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208735", "CAMINHÃO MB L1513 - ANO 1973 1973 - DIESEL - COR  VERMELHA - MEC. OPERACIONAL")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>68.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208736", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208736", "[ VÍDEOS ] GUINDASTE - XCMG MOD. QY 60TON. ANO 2008/2008 COR AMARELA / DIESEL. OPERACIONAL")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>288.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208723", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208723", "[ VÍDEO ] CAMINHÃO MERCEDES BENZ 1215C ANO  2000 - COR BRANCA - C/ EQUIPAMENTO ROLLOFF /PLATA FORMA PRANCHA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208724", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208724", "[ VÍDEOS ] RETROESCAVADEIRA JCB MOD.214E ANO 2002 - 4X2 - MOTOR NOVO - FREIO REVISADO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208720", "022")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208720", " Varredeira Marca Ausa ano 2012 /2.290 hrs/motor funcionando")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208721", "044")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208721", "TANQUE EM AÇO CARBONO CAPAC. 7.000 LTS ANO 2017")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208722", "045")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208722", "TANQUE EM AÇO CARBONO CAPAC. 7.000 LTS ANO 2013")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208719", "049")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208719", " Carroceria borracheira Gascom. Ano 2014")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208730", "051")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208730", " CARROCERRIA CESTO AÉREO. ANO 2012")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208725", "052")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208725", " COMPACTADOR DE LIXO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208731", "054")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208731", " CARROCERRIA CESTO AÉREO PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208729", "056")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208729", " CARROCERIA FLORESTAL SITI ANO 2014 - 8 METROS")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...478 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208728", "057")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208728", " MINIESCAVADEIRA CROMEM")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>