--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208860", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208860", " POLICORTES - 5PÇS")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208873", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208873", " MOTORES ELÉTRICOS DIVERSOS - 17 PÇS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208863", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208863", " BALANÇAS PARA AUTOMAÇÃO - 4PÇS")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208868", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208868", " TALHAS DE CORRENTE DIVERSAS E TIRFOR - 5PÇS")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208875", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208875", " PROTETOR DE SERRA CIRCULAR - 5PÇS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208865", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208865", " ROSQUEADEIRA DE TUBOS E CABEÇOTES - 4PÇS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208869", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208869", " CAIXAS DE HIDRANTES - 4PÇS")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208872", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208872", " CAIXAS E COFRES DE DERIVAÇÃO - APROX. 21 PCS")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>210,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208866", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208866", " CAIXAS DESMONTÁVEIS E EMPILHÁVEIS - APROX. 94 PÇS")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.940,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208867", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208867", " MANGUEIRAS DE BORRACHA SINTÉTICA 3/4" X 10.000MM - APROX. 45 PÇS")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208864", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208864", "APROX. 12 TONELADAS DE CALHAS GALVANIZADAS - DIÂMETRO 0,52(520MM) POR 1,08MTS DE COMPRIMENTO COM 2,00MM DE ESPESSURA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208861", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208861", "APROX.  250 POSIÇÕES PORTA PALLETES PARA 1.000 KG PALLETE - COMPOSTO DE 25 MÓDULOS (26 MONTANTES COM 6,00 ALTURA E 200 LONGARINAS 2,30)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208862", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208862", " 03 BOMBAS D´AGUA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208870", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208870", " 03 BOMBAS D´AGUA")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208871", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208871", " 06 PAINÉIS ELETRICOS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208859", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208859", " 12 VÁLVULAS")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...10 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208876", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208876", "APROX. 146 DISJUNTORES CAIXAS MOLDADAS  E MAIS 9 CONTATORAS. (TOTAL DE 20 MIL AMPERES)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>14.600,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208878", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208878", " PRATELEIRAS AÇO 60CM X 92 CM - 300 CONJUNTOS - CONTENDO 81 PÉS DUPLOS, 35 INDIVIDUAIS E 1780 BANDEJAS - DESMONTADAS")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208881", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208881", " PRATELEIRAS AÇO 40CM X 92 CM - 220 CONJUNTOS - CONTENDO 890 PÉS E 1490 BANDEJAS - DESMONTADAS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...336 lines deleted...]
-      <c r="A23" s="5" t="inlineStr">
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
-      <c r="B23" s="4" t="inlineStr">
-[...205 lines deleted...]
-      </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>44.750,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208880", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208880", " PISOS DE AÇO P/ MEZANINO 310 M2 = PLACAS DE 92X 80 / 92X60 / 92 X 1,00 / 92 X 1,30 - DESMONTADO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208877", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/208877", " SUCATA DE FIOS DIVERSOS - APROXIMADAMENTE 440KG")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>