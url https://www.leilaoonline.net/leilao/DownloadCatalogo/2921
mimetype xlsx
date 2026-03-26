--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,1595 +269,1399 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210311", "040")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210311", "I/BMW X1 SDRIVE1.8I VL31; 2010/2011; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>42.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210304", "043")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210304", "CHEVROLET/ONIX 1.4AT LTZ; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210312", "045")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210312", "I/NISSAN VERSA 16SV FLEX; 2011/2012; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210313", "047")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210313", "I/HYUNDAI I30 2.0; 2011/2012; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210315", "050")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210315", "VW/GOLF 1.6 SPORTLINE; 2010/2011; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210314", "055")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210314", "veja o vídeo!! I/VW TIGUAN 2.0 TSI; 2010/2011; PRETA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210308", "060")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210308", "veja o vídeo!! CAMINHÃO VW/5.140E DELIVERY; 2010/2010; BRANCA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>62.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210317", "062")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210317", "veja o vídeo!! HONDA HR-V EXL CVT; 2020/2020; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 35.000KM")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>51.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210305", "063")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210305", "veja o vídeo!! CHEVROLET/SPIN 1.8L MT LS E.; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA H16 - IPVA 2023 OK")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210569", "065")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210569", "veja o vídeo!! HONDA/CITY PERSONAL; 2019/2019; AZUL; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 46.000KM")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>45.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210310", "067")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210310", "veja o vídeo!! TOYOTA/ETIOS HB X 13L AT; 2017/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>36.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210303", "070")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210303", "veja o vídeo!! CHEV/ONIX JOY; 2020/2020; AZUL; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210316", "073")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210316", "veja o vídeo!! FIAT/PUNTO ELX 1.4; 2009/2010; PRETA; ALCO./GASOL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210309", "075")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210309", "veja o vídeo!! HONDA/HR-V EXL CVT; 2021/2021; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>79.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210327", "079")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210327", "veja o vídeo!! JEEP/COMPASS LONGITUDE F; 2017/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>47.250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210306", "080")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210306", "veja o vídeo!! I/M. BENZ SLK 250 CGI; 2014/2014; VERMELHA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210324", "082")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210324", "veja o vídeo!! HYUNDAI/HB20 10M SENSE; 2020/2021; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 37.000KM")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>31.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210321", "085")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210321", "veja o vídeo!! CHEV/ONIX 10MT LT2; 2021/2022; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2023 OK - APROX. 18.900KM")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210319", "087")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210319", "veja o vídeo!! HONDA/FIT PERSONAL; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK. - APROX. 21.500KM")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210318", "090")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210318", "veja o vídeo!! I/BMW 116I 1A11; 2014/2014; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210320", "093")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210320", "veja o vídeo!! TOYOTA/ETIOS SD XLS; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>16.250,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210570", "094")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210570", "veja o vídeo!! I/HONDA CR-V EXL; 2010/2011; CINZA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>19.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210329", "095")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210329", "VW/GOL 1.0; 2009/2010; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210590", "097")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210590", "I/M.BENZ GLE63AMG; 2015/2016; PRETA; GASOLINA - IPVA 2023 OK")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>122.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210322", "097")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210322", "veja o vídeo!! I/CHEVROLET AGILE LTZ; 2011/2011; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210325", "100")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210325", "veja o vídeo!! GM/CLASSIC LIFE; 2007/2008; BEGE; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210326", "103")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210326", "veja o vídeo!! I/KIA SOUL EX 1.6 FF AT; 2011/2012; MARROM; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210328", "105")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210328", "NISSAN/VERSA 10 S; 2015/2016; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210323", "107")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210323", "veja o vídeo!! TOYOTA/ETIOS HB XS; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 64.700KM")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210332", "115")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210332", "veja o vídeo!! PEUGEOT/2008 ALLURE PK; 2022/2022; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210339", "120")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210339", "veja o vídeo!! TOYOTA/ETIOS HB XS 15; 2015/2015; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210335", "125")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210335", "veja o vídeo!! I/PEUGEOT 3008 GRIFFE; 2011/2012; PRATA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210340", "127")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210340", "veja o vídeo!! VW/NOVA SAVEIRO CE; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210336", "130")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210336", "veja o vídeo!! I/HONDA CR-V EXL; 2009/2009; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210337", "135")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210337", "GM/OPALA; 1971/1971; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210338", "137")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210338", "veja o vídeo!! RENAULT/DUSTER 16 D 4X2; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210341", "140")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210341", "veja o vídeo!! HONDA/CIVIC LX; 2002/2003; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210342", "145")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210342", "veja o vídeo!! I/VW SPACEFOX; 2008/2009; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210334", "150")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210334", "veja o vídeo!! GM/CARAVAN COMODORO; 1985/1985; BEGE; ALCOOL - FUNCIONANDO - TURBO LEGALIZADO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210349", "153")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210349", "veja o vídeo!! FORD/ESCORT L; 1993/1994; DOURADA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210350", "155")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210350", "veja o vídeo!! VW/GOL 1.0 GIV; 2011/2011; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210344", "157")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210344", "GM/MERIVA JOY; 2009/2010; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210345", "160")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210345", "veja o vídeo!! I/HONDA CR-V EXL; 2008/2008; PRATA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210343", "170")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210343", "veja o vídeo!! NISSAN/VERSA 10 S; 2016/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...63 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>28.200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210346", "173")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210346", "veja o vídeo!! CITROEN/C3 PICASSO EXC A; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>18.490,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210348", "175")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210348", "veja o vídeo!! IMP/VOLVO V40 2.0 T; 2001/2001; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>7.100,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210347", "177")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210347", "I/CHEVROLET AGILE LTZ; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210351", "250")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210351", "JOGO DE RODAS 5 FUROS ARO 18" COM PNEUS 215 X 35")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.650,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...1438 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210352", "255")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210352", "JOGO DE RODAS ORBITAL (FUTURA) ARO 14 COM PNEUS")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>