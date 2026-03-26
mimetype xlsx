--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,603 +269,531 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209960", "404")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209960", "PÁ CARREGADEIRA MICHIGAN; MOD. M100HD; ANO 2023. (VEJA DESCRITIVO DE ITENS) - LOC. GARUVA/SC")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>440.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209950", "424")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209950", "EMPILHADEIRA ELÉTRICA MICHIGAN; MOD. E30-45; ANO 2023. (VEJA DESCRITIVO DE ITENS) - LOC. GARUVA/SC")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>104.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209958", "444")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209958", "EMPILHADEIRA ELÉTRICA MICHIGAN; MOD. E30-45; ANO 2023. (VEJA DESCRITIVO DE ITENS) - LOC. GARUVA/SC")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>104.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209945", "474")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209945", "EMPILHADEIRA ELÉTRICA MICHIGAN; MOD. E30-45; ANO 2023. (VEJA DESCRITIVO DE TENS) - LOC. GARUVA/SC")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>104.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209947", "484")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209947", " PÁ CARREGADEIRA MICHIGAN; MOD. M100HD; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>440.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209952", "494")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209952", " EMPILHADEIRA ELÉTRICA MICHIGAN; MOD. E30-45; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>104.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209956", "505")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209956", " PÁ CARREGADEIRA MICHIGAN; MOD. M100HD; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>430.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209944", "534")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209944", " EMPILHADERIA DIESEL MICHIGAN; MOD. ME3-45T; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>76.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209954", "546")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209954", " EMPILHADERIA DIESEL MICHIGAN; MOD. ME3-45T; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209946", "549")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209946", " EMPILHADERIA DIESEL MICHIGAN; MOD. ME3-45T; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209957", "558")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209957", " PÁ CARREGADEIRA MICHIGAN; MOD. M100HD; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>430.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209951", "559")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209951", " EMPILHADERIA DIESEL MICHIGAN; MOD. ME3-45T; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>76.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209959", "564")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209959", " PÁ CARREGADEIRA MICHIGAN; MOD. M100HD; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>430.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209948", "573")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209948", " PÁ CARREGADEIRA MICHIGAN; MOD. M100HD; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>430.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209955", "639")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209955", " REROESCAVADIERA MICHIGAN; MOD. BK95; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>260.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209943", "641")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209943", " ESCAVADEIRA HIDRAÚLICA MICHIGAN; MOD. ME20; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>133.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209953", "667")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209953", " ESCAVADEIRA HIDRAÚLICA MICHIGAN; MOD. ME60; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>174.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209949", "670")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/209949", " ESCAVADEIRA HIDRAÚLICA MICHIGAN; MOD. ME130; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>429.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>