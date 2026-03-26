--- v0 (2025-11-20)
+++ v1 (2026-03-26)
@@ -269,8571 +269,7503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210355", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210355", " Cabos, kits, coroas, correntes, iluminação, pistões, cororas e carenagem. Veja especificações")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210362", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210362", " Suporte do bagageiro da BMW F650 - kit top master 6 unid")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210357", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210357", " PTB 00ATEX1002 Marca ROSE SYSTEMTECHNIK GMBH – Aprox. 20 unid")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210358", "007")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210358", " PTB 00ATEX 1002 Marca ROSE SYSTEM TECHNIK GMBH – 10 unid")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210356", "010")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210356", " Dobradiças Johnson Hardware sem parafuso. Aprox. 500 unid")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210372", "011")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210372", " Parafuso Tobutsu / N09-4145-05 – Aprox. 2.000 mil unidades de parafuso")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210360", "012")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210360", " Chave tubolar cod 00166 com segredo – Aprox. 500 unid")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210359", "013")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210359", " Ermeto ESV10L71 Parker original, anti reparo de solda hidraulica caixa com 5 unid – 10 kits com 5, totalizando Aprox. 50 unid")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210373", "014")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210373", " Ermeto ESV10L71 Parker original, anti reparo de solda hidraulica caixa com 5 unid – 10kits com 5, totalizando Aprox. 50 unid")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210365", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210365", " Controle Toshiba cod SE-027 – Aprox. 30 unid")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210361", "020")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210361", " Válvula de gaveta PN40 /05C25 -02 unid")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>325,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210367", "021")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210367", " Lote de placas Vicor sem componentes. Aprox. 250 unid")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210374", "022")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210374", " Controle Toshiba cod SE-027 –Aprox. 30 unid")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210377", "023")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210377", " Conector Ethernet RJ45 – Aprox. 200 unid")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210368", "024")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210368", " Conector Ethernet RJ45 – Aprox. 200 unid")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210364", "027")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210364", " Adaptador de tomada Quality Product – Aprox. 100 unid")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210369", "028")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210369", " Adaptador de tomada Quality Product - Aprox. 100 unid")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210376", "029")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210376", " 6 Pares de seta TVS N9321820 – 6 pares")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210371", "030")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210371", " HP Hewlett packard Desigenjet 700 – 01 unid")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210363", "032")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210363", " Leitor Optico DV38-02-3 - 10 unid")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210366", "033")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210366", " Leitor Optico DV38-02-3 - 10 unid")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210375", "034")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210375", " Placa Eletrônica Janome 85850806 – 10 unid")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>375,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210370", "035")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210370", " Placa Eletrônica Janome 85850806 – 10 unid")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>375,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210380", "038")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210380", " Sobrelaminado de transferência térmica – aprox 20 rolos  no estado ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210384", "039")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210384", " Placas eletrônicas  C2675 – Aprox. 20 unid.  Sem uso.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210378", "040")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210378", " Compressores Embraco   no estado – 3 unid ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210386", "041")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210386", " Calhas com e sem lâmpadas no estado  – 7 unid ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210381", "043")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210381", " Porcas – Aprox. 20 mil unid ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>225,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210379", "044")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210379", " Motores Leroy Somer  - 02 unid no estado ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210382", "045")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210382", " Paralama club car/ carrinho de golfe  - Aprox. 15 unid.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>175,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210383", "046")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210383", " Peças para nobreak – aprox 40 peças")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210395", "048")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210395", " Motor CE 220/380V  -01 unid. Motor Elektrin SH71/2A  - 01 unid ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>325,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210402", "049")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210402", " Juntas  - Aprox. 1.200 unid ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>175,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210388", "050")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210388", " Thermal Dynamics consumíveis diversos  - Aprox. 200 peças")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210401", "051")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210401", " Porcas – Aprox. 20 mil unid")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210398", "055")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210398", " C.E.I.M conversor de ondas quadradas -6 peças total ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210387", "059")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210387", " Aparentemente cabeçote com engrenagem – aprox 6 unid. Conforme lote exposto.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>325,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210416", "060")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210416", " Tampa externa veiculo GM  - 6 unid")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210389", "061")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210389", " Peças automotivas contendo alavanca de marcha – 2 unid e 8 peças sobressalentes  - total 10 peças")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>325,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210396", "062")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210396", " Thordon modelo F361050181 – SXL  BRG  - aprox  4 peças")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>175,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210399", "063")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210399", " Caximbo para vela diversos – aprox 300 peças")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210412", "065")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210412", " Subconjunto do carregador de bateria  modelo 151X1233DD01SA01   - 7 unid ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210403", "066")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210403", " Acabamento de bolsas / sapatos / cintos e outros  - aprox 1.000 peças")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210397", "068")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210397", " Placas para DVD – 40 unid aprox ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210385", "069")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210385", " Tampa com placa eletrônica Van derlande  mod 0938009  - Aprox. 20 unid  ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210406", "072")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210406", " Cabos usado em celular modelo GPG M2510 – 40 unid ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210393", "073")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210393", " Botão  - aprox  90 unid ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210407", "074")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210407", " Peças aparentemente usada em corpo de válvula de cabeçote -  aprox 30 unid. Conforme lote exposto.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210394", "076")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210394", " Chave de seta moto antiga  ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210400", "078")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210400", " Caixa de exaustor Camfil n° B625550-033  obs: sem motor   - 01 unid ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210391", "079")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210391", " Molas – aprox.  4 mil unid ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
         <is>
           <t>125,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210392", "080")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210392", " Miolo de moto antiga – 10 unid ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210415", "081")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210415", " Fontes diversas – aprox 40 unid ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210417", "082")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210417", " Peças para carrinho de golfe modelo AM1188, Am807, P550012, L26150S. Aprox  15 peças ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210413", "084")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210413", " Motores ABB  - 02 unid ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210404", "085")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210404", " Motor ABB  - 01 unid ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210409", "086")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210409", " Motor ABB – 01 unid ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210405", "087")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210405", " Peças Putaway label – aprox  250 unid")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210408", "089")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210408", " Daihatsu – aprox 20 unid ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>375,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210414", "090")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210414", " Polia do virabrequim volvo FH – modelo 20799474 – 3 unid. Sem uso.")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210411", "091")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210411", " Escapamento de moto – 01 unid ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210390", "093")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210390", " Escapamentos – 02 unid. Ponteiras – 02 unid ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210410", "096")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210410", " Óculos preto colorido marca Bear Stuff  - Aprox. 250 unid ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
         <is>
           <t>125,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210418", "097")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210418", " Basitek  cod 157257-1  - 8 peças sem uso")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210423", "098")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210423", " Coletor de admissão Apache  - Aprox. 50 unid ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210421", "100")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210421", " Resistências para encubadora – 6 unid ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210422", "102")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210422", " Peças diversas para  equip. Eólicos GE – aprox 220 unid sem uso")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210419", "103")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210419", " Painel GM – 6 unid ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>375,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210424", "104")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210424", " Livro Textbook of Pediatric Infectious Diseases  - kit volume 1 e 2 ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210420", "105")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210420", " Livro Textbook of Pediatric Infectious Diseases  - kit volume 1 e 2 ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210425", "106")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210425", " Livro Textbook of Pediatric Infectious Diseases  - kit volume 1 e 2 ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210426", "107")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210426", " Livros Nanocosmetics And Nanomedicines -  5 unid ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210427", "108")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210427", " Lost Constellations  - 5 unid ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210428", "109")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210428", " Peças para bombas gouds – aprox 15 unid ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210429", "110")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210429", " Livros Nanocosmetics And Nanomedicines -  5 unid ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210430", "111")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210430", " Lost Constellations  - 5 unid ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210432", "114")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210432", " Clip de metal para pias – Aprox. 500 unid ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210431", "116")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210431", " Clip de metal para pias – Aprox. 500 unid ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210435", "117")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210435", " Anel Kapco Nas1812-5ª – Aprox. 50 unid ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210433", "118")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210433", " Filtrol Modelo Bu-100  sem uso – 02 unid ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210434", "119")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210434", " Válvula reguladora Airtac  no estado - 01 unid ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210438", "120")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210438", " Lote de peças KD Ingenieurtechnik – aprox 1.000 unid ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210436", "121")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210436", " Peça WEISS  modelo ST05 15212 com motor Gergii kobold 346 -01 unid ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210441", "123")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210441", " CARTUCHO MIMAKI E EPSON – APROX 19 UNID NO ESTADO")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210439", "124")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210439", " ANALISADOR DE GASES GAS DATA LMSXI NO ESTADO – 01 UNID")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210437", "125")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210437", " FONTE ASTEC AA22780 RS5 NO ESTADO – 4 UNID")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210442", "126")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210442", " PLACAS FAX OPTION TYPE 5001 RICOH SEM USO – 02 UNID")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210440", "128")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210440", " EQUIPAMENTO NERA MODELO 77000348/FU18AAA-31UA NO ESTADO – 01 UNID")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210443", "129")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210443", " ANTENA SENAOSN-8908 NO ESTADO – 03 UNID")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210447", "130")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210447", " SEQUENCIADOR DE CAMERA – 2 UNID E 3 MODEM NO ESTADO – TOTAL 5 PEÇAS")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210446", "131")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210446", " PEÇAS DE TUBULAÇÃO JACOB NOVAS – 21 UNID APROX")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210445", "133")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210445", " FILTROL MODELO BU 400 PRODUTO SEM USO – 01 UNID CONJUNTO")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1.375,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210449", "134")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210449", " PEÇAS MARCA SHURFLO PRODUTO SEM USO – QUANT. CONFORME LOTE EXPOSTO")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210444", "135")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210444", " PEÇAS PARA EQUIP AGRICOLA SEM USO – 02 UNID")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>375,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210448", "136")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210448", " PEÇAS SHARP – UNID DE PROCESSO. NO ESTADO – 04 UNID")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210455", "138")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210455", " Fontes no estado – 10 unid")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>225,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210457", "140")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210457", " Controlador – 4 unid no estado")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210468", "141")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210468", " Bloco hidraulico – Aprox. 100 unid")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210475", "145")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210475", " Molas de veiculos – 4 unid")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>175,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210456", "146")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210456", " Carenagem de moto diversas – 50 aprox")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210481", "147")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210481", " Kiwitalk – 38 unid")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210477", "150")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210477", " Ford Gen 2 – no estado")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210470", "154")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210470", " Linha – aproximadamente 50 rolos")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210479", "155")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210479", " Linha – aproximadamente 50 rolos")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210480", "156")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210480", " Placas sem componentes – 2 mil peças")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210469", "157")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210469", " PTB Rose Systemtechik GMBH – 10 unid")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210478", "160")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210478", " Peças para fixação – 300 peças aprox.")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>175,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210450", "164")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210450", " Peças no estado aparentemente agricola – 4 unid")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210472", "165")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210472", " Peças diversas. Conforme lote exposto – 22 unid")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>325,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210460", "166")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210460", " Adaptador de antena – 1100 unid")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210466", "167")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210466", " Eixo fuso de suporte inferior Tomahawk – 8 unid")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
+      <c r="D121" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210453", "169")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210453", " Anel de metal – 500 unid aprox")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210458", "170")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210458", " Putaway Label – aprox 200 unid")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>275,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210459", "172")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210459", " Placas lisas– 475 unid aprox. Cabos para celular – Aprox. 37 unid. Placas ( aparentemente memoria) sem componente – 280 unid aprox.")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210482", "175")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210482", " Amano TF5030 Ribbon similar – Aprox. 25 unid")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210451", "176")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210451", "  Frymaster original. 8260993SP – aprox. 50 pares")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210461", "177")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210461", " Peças de moto diversas. Conforme lote exposto – aprox. 60 unid")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>375,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210465", "179")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210465", " Cascos virabrequim PS26H-Z 0.5 – 6 pares")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210454", "181")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210454", " Porca – 15 mil unid")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>175,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210463", "183")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210463", " Cascos virabrequim PS26H-Z 0.5 – 9 pares")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>375,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210471", "185")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210471", " Porca – 15 mil unid")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210452", "189")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210452", " Chicotes diversos – 65 unid aprox")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210462", "190")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210462", " Kliklok – pecas modelos variados - 30 unid aprox")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210473", "191")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210473", " Lote de produtos diversos – aprox 10 unid")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210464", "196")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210464", " Óculos Bear Stuff – 150 unid aprox")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210467", "197")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210467", " Óculos Bear Stuff – 150 unid aprox")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210476", "198")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210476", " Óculos Bear Stuff – 150 unid aprox")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210474", "200")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210474", " Peças para elevador")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210507", "201")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210507", " Aprox. 5 mil peças plasticas branca ( conforme imagens)")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210504", "202")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210504", " Peça de automação ")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210488", "203")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210488", " Produtos da Shurflo")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210486", "204")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210486", " UNBEKANNTESWERK 16 peças aprox ")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210535", "205")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210535", " Produtos SPX novos na embalagem original ")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>525,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210529", "206")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210529", " Lote composto por 20 unid de ream clamps")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>175,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210537", "207")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210537", " Aparelho Nokia/Siemens modelo S30861=2432X2")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210522", "208")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210522", " 2 unid Page Modulo de comunicação MX4")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210484", "209")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210484", " Frymaster peças conforme lote exposto")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>450.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210509", "210")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210509", " Placas Kill coding 3 unid")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210520", "212")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210520", " F.G TV zoom leans ")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>275,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210496", "213")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210496", " Composto 3 unid aparelhos eletronicos")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210497", "214")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210497", " 4 unid Husky termopar ")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>625,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210490", "217")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210490", " 2 discos Bosch WF11")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
         <is>
           <t>125,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210536", "218")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210536", " CPU ")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210532", "219")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210532", " peças moto novas / discos/ juntas/cadeado pantografico")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210526", "220")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210526", " 1 Alarme TV RR e 1 motor")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210528", "221")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210528", " Aprox 50 telas ")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210531", "223")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210531", " Lote peças marca Sony")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>225,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210524", "225")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210524", " Capas maçaneta automotiva aprox 100 unid ")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210501", "226")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210501", " Capas maçaneta automotiva aprox 70 unid   peças para Helicoptero")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>225,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210546", "227")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210546", " Peças diversas roteador/ adaptadores ")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210495", "228")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210495", " Aprox. 1000 unid peças eletronicas ")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210511", "229")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210511", " Peças de moto novas")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>175,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210505", "230")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210505", " Peças automotivas diversas conforme imagens")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210519", "232")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210519", " Lote de peças diversas Telemecanique/Magrin / Resol")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210508", "233")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210508", " Aparelho Fujtsu Wyplay / Placa Magrini Galileu")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210489", "234")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210489", " 2 unid Vision Power ")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>225,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210515", "235")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210515", " 3 placas Life Fitness ")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210517", "236")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210517", " Caixa direção Koyo ")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210485", "237")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210485", " 7 peças entre placas e mecanismo TMP")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210491", "238")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210491", " Aprox 120 peças diversos")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210500", "242")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210500", " Lote composto por placas e HD")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210512", "243")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210512", " Placas eletronicas/ peças para maquina Technik/ fios e suportes")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210503", "245")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210503", " Aprox. 100 unid de conexões Ermeto ")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210483", "246")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210483", " Aprox. 150 unid conexões Ermeto")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210498", "247")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210498", " Aprox. 85 unid conexões Ermeto")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210502", "248")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210502", " Aprox. 85 unid conexões Ermeto")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210513", "249")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210513", " Aprox. 250 peças plasticas")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210487", "250")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210487", " Aprox. 40 placas eletronicas")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210540", "251")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210540", " Aprox. 300 peças de conexões conforme imagens")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210542", "253")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210542", " Lote de produtos usados para acampamento/ escalada ")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210533", "254")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210533", " 12 peças entre chicote/ marcador / accu coder mod 1546868 ")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210538", "255")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210538", " Lote de peças Boart Longyear / Tsubaki ")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210534", "256")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210534", " Lote de peças para Maquinas Terex ")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210548", "258")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210548", "Chicote automotivo GM Cruise")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...122 lines deleted...]
-      <c r="E24" s="5" t="inlineStr">
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210541", "259")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210541", " 1 unid IXIA modelo 2112")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210544", "260")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210544", " 1 unid IXIA modelo 2112")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210547", "261")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210547", " Lote de peças para maquina lavar louça ( qtdade e produto conforme imagens)")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210493", "262")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210493", " Aparelho Alcatel ")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210510", "263")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210510", " Lote Sony / Schneider")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>275,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210506", "264")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210506", " Ratlapa ")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>375,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210514", "265")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210514", " Amano pix / aparelho ")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210549", "269")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210549", " Aprox 1000 unid anel para torneira e conexões")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210545", "270")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210545", " Peças de moto diversas conforme imagens")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210543", "271")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210543", " Abraçadeira maciça / 5 pares luvas grossas/ 20 peças de fixação ")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>175,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210530", "272")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210530", " Peças de moto Ducati originais   transformador de corrente e outros ")</f>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>175,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210525", "275")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210525", " Lote de produtos Miller novos ")</f>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210539", "277")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210539", " Placas diversas ")</f>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210492", "278")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210492", " Placas / bateria / cabo/ e outros")</f>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210521", "279")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210521", " Aprox 15 placas diversas ")</f>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210527", "281")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210527", " Lote de peças que contém Festo / Starrett e Omni")</f>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>375,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210499", "282")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210499", " Lote de placas diversas")</f>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E25" s="5" t="inlineStr">
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210523", "283")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210523", " 3 unid de cilindro aparentemente graficos ")</f>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210494", "284")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210494", "  Aprox 70 peças de puxador GM novos")</f>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>175,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210516", "285")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210516", " Lote que contém Omron / Bomber / Bartec ")</f>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F25" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E27" s="5" t="inlineStr">
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210518", "287")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210518", " Peças de moto diversas ")</f>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210560", "288")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210560", " Peças diversas. Conforme lote exposto")</f>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210554", "290")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210554", " Placas diversas")</f>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210561", "291")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210561", " Caixa de banco ")</f>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210550", "292")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210550", " KopKit  - 5 kits  / Network - 01 unid /  e outras peças")</f>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F209" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210553", "294")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210553", " Alojamento de bomba e campana de roda ")</f>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t>1.125,00</t>
+        </is>
+      </c>
+      <c r="F210" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210557", "295")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210557", " Caixa de banco ")</f>
+      </c>
+      <c r="C211" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D211" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F211" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210567", "296")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210567", " Cilindro Hidraulico e outros")</f>
+      </c>
+      <c r="C212" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D212" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F212" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210559", "297")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210559", " Sensor Honeywell  / Interface Converter / Embarque Hidraulico / Fusil e outros")</f>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D213" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F213" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210562", "299")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210562", " Placas Hd e outros")</f>
+      </c>
+      <c r="C214" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D214" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E214" s="5" t="inlineStr">
+        <is>
+          <t>375,00</t>
+        </is>
+      </c>
+      <c r="F214" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210565", "300")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210565", " Modulador digital e placa ")</f>
+      </c>
+      <c r="C215" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D215" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F215" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210555", "301")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210555", " Placas /Riverbid ")</f>
+      </c>
+      <c r="C216" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D216" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E216" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F216" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210563", "302")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210563", "  1 unidade de controlador e 2 aparelhos wireless ")</f>
+      </c>
+      <c r="C217" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D217" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t>375,00</t>
+        </is>
+      </c>
+      <c r="F217" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210564", "304")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210564", " Cilindro P064227.0 FE-UW D110CR")</f>
+      </c>
+      <c r="C218" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D218" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E218" s="5" t="inlineStr">
+        <is>
+          <t>375,00</t>
+        </is>
+      </c>
+      <c r="F218" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210566", "305")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210566", " Peças diversas conforme imagens")</f>
+      </c>
+      <c r="C219" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D219" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E219" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F27" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E29" s="5" t="inlineStr">
+      <c r="F219" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210558", "306")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210558", " Lona de freio / potenciometro e produtos Putaway Label")</f>
+      </c>
+      <c r="C220" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D220" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E220" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F220" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210552", "307")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210552", " Tomadas/ Interruptor / Espelho/ Conduletes tamanhos variados e outros mais 300 unid")</f>
+      </c>
+      <c r="C221" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D221" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E221" s="5" t="inlineStr">
+        <is>
+          <t>375,00</t>
+        </is>
+      </c>
+      <c r="F221" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210556", "308")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210556", " Espanta pombo. Aprox. 21 unid")</f>
+      </c>
+      <c r="C222" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D222" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E222" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F222" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210551", "309")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210551", " Cabos diversos  conforme lote exposto")</f>
+      </c>
+      <c r="C223" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D223" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E223" s="5" t="inlineStr">
+        <is>
+          <t>175,00</t>
+        </is>
+      </c>
+      <c r="F223" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210568", "312")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210568", " Sensores Philips SENSOR LRM1080: aprox. 23 unid  / Aprox. 20 suportes dos sensores philips. Lampadas e luminarias: Aprox. 80 unid")</f>
+      </c>
+      <c r="C224" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D224" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F224" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212375", "313")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212375", " aprox 13 peças de tampa de cabeçote aparentemente para empilhadeira ")</f>
+      </c>
+      <c r="C225" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D225" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E225" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F225" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
+      <c r="A226" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212383", "314")</f>
+      </c>
+      <c r="B226" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212383", " aprox 13 peças de tampa de cabeçote aparentemente para empilhadeira ")</f>
+      </c>
+      <c r="C226" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D226" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E226" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F226" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
+      <c r="A227" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212376", "315")</f>
+      </c>
+      <c r="B227" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212376", " Peças para impressoras diversas")</f>
+      </c>
+      <c r="C227" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D227" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E227" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F29" s="4" t="inlineStr">
-[...506 lines deleted...]
-      <c r="E45" s="5" t="inlineStr">
+      <c r="F227" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
+      <c r="A228" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212381", "316")</f>
+      </c>
+      <c r="B228" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212381", " aprox 13 peças de tampa de cabeçote aparentemente para empilhadeira ")</f>
+      </c>
+      <c r="C228" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D228" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E228" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F45" s="4" t="inlineStr">
-[...1626 lines deleted...]
-      <c r="E96" s="5" t="inlineStr">
+      <c r="F228" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
+      <c r="A229" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212379", "317")</f>
+      </c>
+      <c r="B229" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212379", " aprox 13 peças de tampa de cabeçote aparentemente para empilhadeira ")</f>
+      </c>
+      <c r="C229" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D229" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E229" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F96" s="4" t="inlineStr">
-[...442 lines deleted...]
-      <c r="E110" s="5" t="inlineStr">
+      <c r="F229" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
+      <c r="A230" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212377", "318")</f>
+      </c>
+      <c r="B230" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212377", " aprox 200 peças de conexões ")</f>
+      </c>
+      <c r="C230" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D230" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E230" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F110" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E111" s="5" t="inlineStr">
+      <c r="F230" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
+      <c r="A231" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212382", "319")</f>
+      </c>
+      <c r="B231" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212382", " aprox 200 peças de conexões ")</f>
+      </c>
+      <c r="C231" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D231" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F111" s="4" t="inlineStr">
-[...282 lines deleted...]
-      <c r="E120" s="5" t="inlineStr">
+      <c r="F231" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
+      <c r="A232" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212386", "320")</f>
+      </c>
+      <c r="B232" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212386", " aprox 200 peças de conexões ")</f>
+      </c>
+      <c r="C232" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D232" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E232" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F120" s="4" t="inlineStr">
-[...378 lines deleted...]
-      <c r="E132" s="5" t="inlineStr">
+      <c r="F232" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
+      <c r="A233" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212378", "321")</f>
+      </c>
+      <c r="B233" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212378", " aprox 200 peças de conexões ")</f>
+      </c>
+      <c r="C233" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D233" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E233" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F132" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E133" s="5" t="inlineStr">
+      <c r="F233" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
+      <c r="A234" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212384", "322")</f>
+      </c>
+      <c r="B234" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212384", " Maquina / peças para maquina de refrigerante / filtro  1 unid (sem uso)")</f>
+      </c>
+      <c r="C234" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D234" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E234" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F133" s="4" t="inlineStr">
-[...1306 lines deleted...]
-      <c r="E174" s="5" t="inlineStr">
+      <c r="F234" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
+      <c r="A235" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212385", "323")</f>
+      </c>
+      <c r="B235" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212385", " aprox 500 unid de dobradiças")</f>
+      </c>
+      <c r="C235" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D235" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E235" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F174" s="4" t="inlineStr">
-[...250 lines deleted...]
-      <c r="E182" s="5" t="inlineStr">
+      <c r="F235" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
+      <c r="A236" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212373", "324")</f>
+      </c>
+      <c r="B236" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212373", " aprox 500 unid de dobradiças")</f>
+      </c>
+      <c r="C236" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D236" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E236" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F182" s="4" t="inlineStr">
-[...730 lines deleted...]
-      <c r="E205" s="5" t="inlineStr">
+      <c r="F236" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
+      <c r="A237" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212380", "325")</f>
+      </c>
+      <c r="B237" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212380", " aprox 200 peças de conexões ")</f>
+      </c>
+      <c r="C237" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D237" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E237" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F205" s="4" t="inlineStr">
-[...634 lines deleted...]
-      <c r="E225" s="5" t="inlineStr">
+      <c r="F237" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
+      <c r="A238" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212374", "326")</f>
+      </c>
+      <c r="B238" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212374", " aprox 200 peças de conexões ")</f>
+      </c>
+      <c r="C238" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D238" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E238" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F225" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E226" s="5" t="inlineStr">
+      <c r="F238" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
+      <c r="A239" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212389", "327")</f>
+      </c>
+      <c r="B239" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212389", " correias, juntas e outros. qtdade conforme imagens ")</f>
+      </c>
+      <c r="C239" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D239" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E239" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F226" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E228" s="5" t="inlineStr">
+      <c r="F239" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
+      <c r="A240" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212388", "328")</f>
+      </c>
+      <c r="B240" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212388", " placas diversas ")</f>
+      </c>
+      <c r="C240" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D240" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E240" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F228" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E229" s="5" t="inlineStr">
+      <c r="F240" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
+      <c r="A241" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212399", "329")</f>
+      </c>
+      <c r="B241" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212399", " placas/ correias dentadas e outros")</f>
+      </c>
+      <c r="C241" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D241" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E241" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F229" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E230" s="5" t="inlineStr">
+      <c r="F241" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
+      <c r="A242" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212396", "330")</f>
+      </c>
+      <c r="B242" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212396", " conexões/ valvula/ botijão e outros")</f>
+      </c>
+      <c r="C242" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D242" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E242" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F230" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E231" s="5" t="inlineStr">
+      <c r="F242" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
+      <c r="A243" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212390", "331")</f>
+      </c>
+      <c r="B243" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212390", " placas diversas ")</f>
+      </c>
+      <c r="C243" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D243" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E243" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F231" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E232" s="5" t="inlineStr">
+      <c r="F243" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
+      <c r="A244" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212400", "332")</f>
+      </c>
+      <c r="B244" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212400", " produtos diversos/ placas e outros")</f>
+      </c>
+      <c r="C244" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D244" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E244" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F232" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E233" s="5" t="inlineStr">
+      <c r="F244" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
+      <c r="A245" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212392", "333")</f>
+      </c>
+      <c r="B245" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212392", " placas diversas e uma churrasqueira ")</f>
+      </c>
+      <c r="C245" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D245" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E245" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F233" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E234" s="5" t="inlineStr">
+      <c r="F245" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
+      <c r="A246" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212391", "334")</f>
+      </c>
+      <c r="B246" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212391", " placas diversas / e bagageiro BMW para moto")</f>
+      </c>
+      <c r="C246" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D246" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E246" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F234" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E235" s="5" t="inlineStr">
+      <c r="F246" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
+      <c r="A247" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212401", "335")</f>
+      </c>
+      <c r="B247" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212401", " placas diversas e termopar ")</f>
+      </c>
+      <c r="C247" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D247" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E247" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F235" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E236" s="5" t="inlineStr">
+      <c r="F247" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
+      <c r="A248" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212394", "336")</f>
+      </c>
+      <c r="B248" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212394", " bagageiro BMW para moto/ placas e outros ")</f>
+      </c>
+      <c r="C248" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D248" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E248" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F236" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E237" s="5" t="inlineStr">
+      <c r="F248" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
+      <c r="A249" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212393", "337")</f>
+      </c>
+      <c r="B249" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212393", " bagageiro BMW para moto/ placas e outros ")</f>
+      </c>
+      <c r="C249" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D249" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E249" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F237" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E238" s="5" t="inlineStr">
+      <c r="F249" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
+      <c r="A250" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212402", "338")</f>
+      </c>
+      <c r="B250" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212402", " peças symbol e bagageiro BMW para moto")</f>
+      </c>
+      <c r="C250" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D250" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E250" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F238" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E239" s="5" t="inlineStr">
+      <c r="F250" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
+      <c r="A251" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212397", "339")</f>
+      </c>
+      <c r="B251" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212397", " componentes eletronicos diversos conforme lote exposto")</f>
+      </c>
+      <c r="C251" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D251" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E251" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F239" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E240" s="5" t="inlineStr">
+      <c r="F251" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
+      <c r="A252" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212403", "340")</f>
+      </c>
+      <c r="B252" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212403", " aprox 50 mangueiras para refrigeração automotiva")</f>
+      </c>
+      <c r="C252" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D252" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E252" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F240" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E241" s="5" t="inlineStr">
+      <c r="F252" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
+      <c r="A253" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212404", "341")</f>
+      </c>
+      <c r="B253" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212404", " aprox 50 mangueiras para refrigeração automotiva")</f>
+      </c>
+      <c r="C253" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D253" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E253" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F241" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E242" s="5" t="inlineStr">
+      <c r="F253" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
+      <c r="A254" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212387", "342")</f>
+      </c>
+      <c r="B254" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212387", " aprox 50 mangueiras para refrigeração automotiva")</f>
+      </c>
+      <c r="C254" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D254" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E254" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F242" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E243" s="5" t="inlineStr">
+      <c r="F254" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
+      <c r="A255" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212398", "343")</f>
+      </c>
+      <c r="B255" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212398", " aprox 50 mangueiras para refrigeração automotiva")</f>
+      </c>
+      <c r="C255" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D255" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E255" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F243" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E244" s="5" t="inlineStr">
+      <c r="F255" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
+      <c r="A256" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212407", "344")</f>
+      </c>
+      <c r="B256" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212407", " aprox 50 mangueiras para refrigeração automotiva")</f>
+      </c>
+      <c r="C256" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D256" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E256" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F244" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E245" s="5" t="inlineStr">
+      <c r="F256" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
+      <c r="A257" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212395", "345")</f>
+      </c>
+      <c r="B257" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212395", " aprox 50 mangueiras para refrigeração automotiva")</f>
+      </c>
+      <c r="C257" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D257" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E257" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F245" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E246" s="5" t="inlineStr">
+      <c r="F257" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
+      <c r="A258" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212405", "346")</f>
+      </c>
+      <c r="B258" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212405", " enforca gato/ pressilha de amarração varios modelos e tamanhos. Quantidades conforme imagens e lote exposto")</f>
+      </c>
+      <c r="C258" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D258" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E258" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F246" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E247" s="5" t="inlineStr">
+      <c r="F258" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
+      <c r="A259" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212406", "347")</f>
+      </c>
+      <c r="B259" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212406", " componentes eletronicos diversos digi-key e outros")</f>
+      </c>
+      <c r="C259" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D259" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E259" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F247" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E248" s="5" t="inlineStr">
+      <c r="F259" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
+      <c r="A260" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212532", "348")</f>
+      </c>
+      <c r="B260" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212532", " Mil unid parafusos cabeça philips ")</f>
+      </c>
+      <c r="C260" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D260" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E260" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F248" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E249" s="5" t="inlineStr">
+      <c r="F260" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
+      <c r="A261" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212535", "349")</f>
+      </c>
+      <c r="B261" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212535", " Mil unid parafusos cabeça philips ")</f>
+      </c>
+      <c r="C261" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D261" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E261" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F249" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E250" s="5" t="inlineStr">
+      <c r="F261" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
+      <c r="A262" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212534", "350")</f>
+      </c>
+      <c r="B262" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212534", " Mil unid parafusos cabeça philips ")</f>
+      </c>
+      <c r="C262" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D262" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E262" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F250" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E251" s="5" t="inlineStr">
+      <c r="F262" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
+      <c r="A263" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212533", "351")</f>
+      </c>
+      <c r="B263" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212533", " Mil unid parafusos cabeça philips ")</f>
+      </c>
+      <c r="C263" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D263" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E263" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F251" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E252" s="5" t="inlineStr">
+      <c r="F263" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
+      <c r="A264" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212537", "352")</f>
+      </c>
+      <c r="B264" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212537", " Mil unid parafusos cabeça philips ")</f>
+      </c>
+      <c r="C264" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D264" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E264" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F252" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E253" s="5" t="inlineStr">
+      <c r="F264" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
+      <c r="A265" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212536", "353")</f>
+      </c>
+      <c r="B265" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212536", " Mil unid parafusos cabeça philips ")</f>
+      </c>
+      <c r="C265" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D265" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E265" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F253" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E254" s="5" t="inlineStr">
+      <c r="F265" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
+      <c r="A266" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212538", "354")</f>
+      </c>
+      <c r="B266" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212538", " Mil unid parafusos cabeça philips ")</f>
+      </c>
+      <c r="C266" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D266" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E266" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F254" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E255" s="5" t="inlineStr">
+      <c r="F266" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
+      <c r="A267" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212540", "355")</f>
+      </c>
+      <c r="B267" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212540", " Lote de Juntas Volvo aprox 20 unid")</f>
+      </c>
+      <c r="C267" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D267" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E267" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F255" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E256" s="5" t="inlineStr">
+      <c r="F267" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
+      <c r="A268" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212543", "356")</f>
+      </c>
+      <c r="B268" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212543", " Aprox 200 conexões")</f>
+      </c>
+      <c r="C268" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D268" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E268" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F256" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E257" s="5" t="inlineStr">
+      <c r="F268" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
+      <c r="A269" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212539", "357")</f>
+      </c>
+      <c r="B269" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212539", " Aprox 200 conexões")</f>
+      </c>
+      <c r="C269" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D269" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E269" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F257" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E258" s="5" t="inlineStr">
+      <c r="F269" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
+      <c r="A270" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212541", "358")</f>
+      </c>
+      <c r="B270" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212541", " 7 unidades de moldura parabrisa maquina agricola ")</f>
+      </c>
+      <c r="C270" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D270" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E270" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F258" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E259" s="5" t="inlineStr">
+      <c r="F270" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
+      <c r="A271" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212542", "359")</f>
+      </c>
+      <c r="B271" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212542", " 8 unidades de moldura parabrisa maquina agricola ")</f>
+      </c>
+      <c r="C271" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D271" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E271" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F259" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E260" s="5" t="inlineStr">
+      <c r="F271" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
+      <c r="A272" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212545", "360")</f>
+      </c>
+      <c r="B272" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212545", " aprox 50 unid de mangueira para refrigeração automotiva")</f>
+      </c>
+      <c r="C272" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D272" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E272" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F260" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E261" s="5" t="inlineStr">
+      <c r="F272" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
+      <c r="A273" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212544", "361")</f>
+      </c>
+      <c r="B273" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212544", " aprox 50 unid de mangueira para refrigeração automotiva")</f>
+      </c>
+      <c r="C273" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D273" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E273" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F261" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E262" s="5" t="inlineStr">
+      <c r="F273" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
+      <c r="A274" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212546", "362")</f>
+      </c>
+      <c r="B274" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212546", " 1500 unid parafusos cabeça philips ")</f>
+      </c>
+      <c r="C274" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D274" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E274" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F262" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E263" s="5" t="inlineStr">
+      <c r="F274" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
+      <c r="A275" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212547", "363")</f>
+      </c>
+      <c r="B275" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212547", " Lote de produtos Amano aprox 15 unid e placas aprox 6 unid")</f>
+      </c>
+      <c r="C275" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D275" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E275" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F263" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E264" s="5" t="inlineStr">
+      <c r="F275" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
+      <c r="A276" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212549", "364")</f>
+      </c>
+      <c r="B276" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212549", " Lote de produtos Alfa Laval e outros ")</f>
+      </c>
+      <c r="C276" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D276" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E276" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F264" s="4" t="inlineStr">
-[...382 lines deleted...]
-      </c>
       <c r="F276" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
-      <c r="A277" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A277" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212548", "365")</f>
+      </c>
+      <c r="B277" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212548", " Lote de produtos da marca TinyTag Plus e Shunt release/ Cisco e outros")</f>
       </c>
       <c r="C277" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D277" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E277" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F277" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>