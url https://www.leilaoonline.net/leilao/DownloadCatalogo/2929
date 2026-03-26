--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210580", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210580", "veja o vídeo!! I/NISSAN FRONTIER XE X4; 2020/2021; CINZA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>105.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210584", "015")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210584", "veja o vídeo!! FIAT/STRADA WORKING; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210573", "020")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210573", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2021/2022; BRANCA; DIESEL - FUNCIONANDO - IPVA 2023 OK - APROX. 14.300KM")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>162.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210582", "025")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210582", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2013/2013; PRATA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210576", "030")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210576", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210571", "035")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210571", "veja o vídeo!! VW/KOMBI FURGÃO; 2008/2009; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210575", "040")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210575", "veja o vídeo!! IMP/GM SILVERADO; 1997/1997; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>43.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210574", "045")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210574", "veja o vídeo!! I/NISSAN FRONTIER LE X4; 2021/2022; AZUL; DIESEL - FUNCIONANDO - APROX. 19.100KM")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>128.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210578", "050")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210578", "veja o vídeo!! CHEVROLET/S10 LT DD4A; 2021/2022; BRANCA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210583", "055")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210583", "FIAT/STRADA WORKING 1.4; 2014/2014; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210581", "060")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210581", "AMBULÂNCIA I/FIAT DUCATO MAXICARGO; 2017/2018; BRANCA; DIESEL - IPVA 2023 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>59.750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210579", "065")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210579", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2012/2013; PRATA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>67.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210572", "070")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210572", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2016/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210585", "075")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210585", "veja o vídeo!! VW/KOMBI FURGÃO; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...365 lines deleted...]
-      </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210577", "080")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210577", "FIAT/STRADA WORKING; 2014/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>