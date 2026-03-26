--- v0 (2026-02-09)
+++ v1 (2026-03-26)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210727", "052")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210727", "veja o vídeo!! IMP/GM SILVERADO; 1997/1997; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210726", "053")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210726", "veja o vídeo!! VW/KOMBI FURGÃO; 2008/2009; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210662", "054")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210662", "CHEVROLET ONIX JOY 1.0; 2019/2019; BRANCO; ALCO./GASOL.; CAMBIO MANUAL - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210661", "055")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210661", "CHEVROLET S10 LS DS4 4X4; 2017/2018; BRANCA - FUNCIONANDO - FROTA 52")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>61.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210649", "056")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210649", "CHEVROLET S10 ADV FD2; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210650", "057")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210650", "CHEVROLET S10 ADV FD2; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210651", "058")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210651", "CHEVROLET S10 ADV FD2; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210652", "060")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210652", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210653", "061")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210653", "veja o vídeo!! I NISSAN FRONTIER S MTX4 4X4; 2021/2021; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>89.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210654", "062")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210654", "I NISSAN FRONTIER S MTX4 4X4; 2021/2021; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>89.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210655", "063")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210655", "CHEVROLET S10 LS 4X4 CD; 2021/2022; PRATA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>100.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210657", "064")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210657", "veja o vídeo!! FIAT 500 SPORT DUAL; 2009/2010; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210660", "066")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210660", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210659", "067")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210659", "NISSAN FRONTIER XE 4X2; 2013/2013; PRETA; DIESEL")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210658", "068")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210658", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210656", "069")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210656", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210663", "070")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210663", "JINBEI FABUSFORMA M35; 2012/2013; BRANCA; GASOLINA")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210665", "071")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210665", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210664", "072")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210664", "JEEP COMPASS LONGITUDE; 2021/2021; PRETO; DIESEL; AUTOMÁTICO - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210666", "073")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210666", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210667", "074")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210667", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210668", "075")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210668", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210669", "076")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210669", "VW/NOVA SAVEIRO RB MBVS; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - APROX. 62.300KM")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210670", "077")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210670", "NISSAN FRONTIER S MTX4; 2021/2021; BRANCA; DIESEL; CABINE DUPLA; 4X4; - FUNCIONANDO - FROTA J54")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>61.250,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210672", "078")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210672", "CHEVROLET/CRUZE LT NB; 2012/20212; PRETA; GASOL./ALCO./GNV - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210671", "089")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210671", "veja o vídeo!! I/MMC ASX 2.0; 2010/2011; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...749 lines deleted...]
-      </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210728", "090")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210728", "veja o vídeo!! VW/KOMBI FURGÃO; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>