--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,123 +269,111 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210806", "102")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210806", "(VEJA VIDEO) FELLER JOHN DEERE, MODELO: 903M, FROTA: FB05, ANO DE FABRICAÇÃO: 2017 - LOC.: ITATINGA/ SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>900.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>20000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210807", "103")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/210807", "(VEJA VIDEO) FELLER CATERPILLAR, MODELO: 541 II, FROTA: FB06, ANO DE FABRICAÇÃO: 2017 - LOC.: ITATINGA/ SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>700.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213808", "104")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213808", "(VEJA VIDEO) SKIDDER JOHN DEERE, MODELO: 948L, FROTA: SK05, ANO DE FABRICAÇÃO: 2017, LOC.: ITATINGA/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.100.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>20000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>