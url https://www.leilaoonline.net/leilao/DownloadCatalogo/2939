--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,1467 +269,1287 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211019", "003")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211019", " Lote com: 03 unid. Moto vibradores - 1/² HP, 1 HP, 3 HP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211018", "004")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211018", " Bomba Auto escorvante")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211006", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211006", " Lote com: 01 talha Manual de 5 Tons. - 01 troyller")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211007", "007")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211007", " Lote com: 50 unid. Caixas Plásticas organizadoras Bin 9 ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211013", "008")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211013", " Moitão de 25 toneladas")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211021", "009")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211021", " Bomba WAP de pistões - Alta pressão - 6 pistões com motor D")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211023", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211023", " Lote com: 03 unid. Bombas de transferência e 02 bombas hidráulicas para caminhões basculantes")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211008", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211008", " Bomba triplex de alta pressão em inox e níquel - Catpump Mod 6767 - Sem Uso ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211009", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211009", " Bomba SPX Bran Luebbe dosadora - Mod. Novados H5 - Sem uso")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211027", "014")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211027", " Mini Unidade Hidráulica de 0,37KW - trifásica")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211011", "015")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211011", " Bomba para massas diversas - parafuso Duplo 3"")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211016", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211016", " Umidificador intensivo - Bi-mix Sangati Berga mod. 30-55/180-22 - 25 HP - Fluxo de 20 a 25 ton/h")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>7.200,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211017", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211017", " Redutor Transmotécnica para tanques misturadores - Cap. 20hp - redução 1:25")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211024", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211024", "Lote de Polias e acoplamentos diversos - usados e sem uso")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211028", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211028", " Moto esmeril de 5 HP - trifásico")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211012", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211012", " Calandra de barras chatas/ Laminadora de barras de aço")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211020", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211020", " Motor hidráulico Sauer Danffos - alto torque")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211015", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211015", " Lote com: 2 unid. Válvulas de esferas 12x 10 (sem uso) - 04 unid.8x6 (sem uso) - 03 unid. WRM 4R - 03 unid. OMEL VA908 NT8 de fecho de borracha tipo gaveta ( sem uso)")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211026", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211026", " Compressor 60 Pés - 140 Libras - Motor 15hp Bar.")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211030", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211030", " Bomba de vácuo em aço Inox anel líquido - OMEL mod. 230/160")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211025", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211025", " Torno Mecânico ROMI S-90 - Barramento 5m com plada de 1m diam. E 500mm de centro até o barramento - pararolos de laminar e eixos de grande diâmentro - 9.800Kgs")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>34.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211010", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211010", " Bomba Positiva em inox - SPX Walkesha Mod.130 U1 - cap. 540Lts/Min - entrada e saida 3" - Pressão Max. 200PSI")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211033", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211033", " Guincho Hidráulico/Planetário Braden para guindastes - 20 ton. - funcionando")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211022", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211022", " Guincho Hidráulico 2.5 Tons - Funcionando")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211034", "030")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211034", " Redutor Angulado 10HP - redução 1:2")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211032", "031")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211032", " Guincho de arraste naval - 20 Tons. Com Sistemas de freio eletromagnético no motor elétrico de 30 HP e freio de emergência manual com molinete de recolhimento Capstan - Peso Aprx. 8.000Kg")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211029", "032")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211029", " Bombas de vácuo Anel liquido (desl. Positivo) Geminadas OMEL BVN 150 - com pulmão de tanque de vácuo ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211031", "033")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211031", " Soprador Trilobular Robuschi RBS 75 F")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>9.800,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211036", "035")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211036", "Lote com: Rolamentos, mancais e contra recuo ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211037", "036")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211037", "Lote com: Motores e redutores diversos ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211038", "037")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211038", "Lote com: Materiais elétricos diversos")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211039", "038")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211039", "Lote com: Redutores, motores e outros.")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211040", "039")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211040", "Lote com: produtos para pinturas")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211041", "040")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211041", "CERAMIC BACKING - PARA SOLDAGENS")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211042", "041")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211042", "Redutores para cremalheira de elevadores")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211043", "042")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211043", "Redutor de velocidade - 40 Hp - 10x1")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211044", "043")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211044", "Lote com: 02 redutores Bonfiglioli - sendo redução 12x1 e 35x1 - Sem uso ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211045", "044")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211045", "Unidade Hidráulica portátil - 5 Hp")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211046", "045")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211046", "Lote com: 02 unidades de motoredutores com freios eletromagnéticos SEW 1x 23.7 - motor de 12 HP")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211047", "046")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211047", "Lote com: 2 unid. macacos hidráulicos dupla ação com bomba Enerpac")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211048", "047")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211048", "Unidade Hidráulica portátil 24 volts - motor de 2 Hp")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211049", "048")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211049", "Unidade Hidráulica portátil - comando Manual - 24 Volts - motor 3/4Hp")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211050", "049")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211050", "Cilindro médico de emergência ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211051", "050")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211051", "Motor bifásico rural WEG - 7.5Hp - freio eletromagnético ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211052", "051")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211052", "Lote com: roçadeira elétrica, auxiliar de partida, macaco sanfona, e outros diversos itens")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>