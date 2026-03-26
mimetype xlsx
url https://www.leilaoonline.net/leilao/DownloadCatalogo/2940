--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,1883 +269,1651 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211060", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211060", "RETROESCAVADEIRA JCB; MODELO 3CX 4X4; ANO 2016; EMPLACADA - FUNCIONANDO - PLACA FINAL 40")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211061", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211061", "RETROESCAVADEIRA JCB; MODELO 3CX 4X4; ANO 2016; EMPLACADA - FUNCIONANDO - PLACA FINAL 65")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211063", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211063", "RETROESCAVADEIRA  MASSEY FERGUSON; MODELO 86 HD; ANO 1987")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211064", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211064", "TRATOR FORD; MODELO 8N; ANO DE FABRICAÇÃO DÉCADA DE 50")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211062", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211062", "EMPILHADEIRA CLARK 7 TON")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>44.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211070", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211070", "RETROESCAVADEIRA CASE 580H; ANO 2012 - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211067", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211067", "veja o vídeo!! EMPILHADEIRA CLARK; 7 TONELADAS; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>52.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211069", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211069", "MICRO TRATOR AGRALE")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211066", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211066", "GRANECAR; DIESEL; CAPACIDADE 9 TONELADAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211065", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211065", "GUINDASTE PARA CAMINHÃO; MARCA UNIC MOD U_500E; CAP. DE ELEVAÇÃO 5 TONELADAS")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211068", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211068", "CARRETA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211059", "015")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211059", "CAMINHÃO VW/15.180 CNM; 2010/2011; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>72.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211071", "016")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211071", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2012/2013; PRATA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>46.250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211535", "019")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211535", "CAMINHÃO M. BENZ/L 1113; 1978/1978; LARANJA; DIESEL; C/ MUNCK MARCA HINCOL MODELO H 31.000")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>107.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211085", "021")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211085", "I/TOYOTA HILUX CD4X4 SRV; 2006/2006; BEGE; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211072", "022")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211072", "CAMINHONETE GM/CHEVROLET A10; 1981/1981; AZUL; DIESEL")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211073", "023")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211073", "CAMINHÃO FORD/F4000; 1989/1989; BEGE; DIESEL; MOTOR 229; DIREÇÃO HIDRÁULICA")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211074", "025")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211074", "CAMINHÃO M. BENZ/L 1113; 1976/1976; AMARELA; DIESEL; CARROCERIA FECHADA")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211075", "057")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211075", "PÁ CARREGADEIRA MICHIGAN 75 III; MOTOR MERCEDES")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211081", "059")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211081", "EMPILHADEIRA CLARK; MOTOR A DIESEL; CAP. 7 TONELADAS; TORRE DE 4 METROS; ANO INDEFINIDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211083", "060")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211083", "veja o vídeo!! PÁ CARREGADEIRA W7; ANO INDEFINIDO; MOTOR PERKINS - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211076", "061")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211076", "ARRANCADOR DE AMENDOIM BM AIA-2 FLEX; ANO 2021")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211077", "062")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211077", "TRANSBORDO MIAC (IND. COLOMBO) - CTA 4500; ANO 2021")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211078", "065")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211078", "veja o vídeo!! TRATOR MASSEY FERGUSON 290 (COM IMPLEMENTO - PÁ); ANO 1980; DIREÇÃO SEMI HIDRÁULICA - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211082", "066")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211082", "TRATOR MASSEY FERGUSON 65X; ANO 1970; CANELA REDONDA; 3 MARCHAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211079", "070")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211079", "TRATOR FORD 8 BR; SEM IDENTIFICAÇÃO DE ANO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211080", "071")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211080", "TRATOR FORD 8 BR; SEM IDENTIFICAÇÃO DE ANO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211537", "074")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211537", "TRATOR FORD; SEM IDENTIFICAÇÃO DE ANO; MOTOR DESMONTADO; GASOLINA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211087", "075")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211087", "MICRO TRATOR COM ROÇADEIRA E PULVERIZADOR")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211581", "080")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211581", "JOGO DE BANCOS HONDA FIT")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211582", "081")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211582", "BANCOS DIANTEIROS GOL BOLA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211583", "082")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211583", "BANCOS DIANTEIROS KOMBI")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211093", "084")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211093", "LOTE COM 4 ENGATES")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211536", "085")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211536", "MOTOR MWM; 3 CILINDROS; SEM INDENTIFICAÇÃO DE ANO; ACOPLADO EM UM REDUTOR")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211086", "086")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211086", "ANTIGUIDADE SALVADOR - PUXADO POR BOI")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211088", "087")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211088", "PARAMOTOR; ANO 2019; VITORAZZI; EVO 100; ASA SOL FLEXUS M (ACOMPANHA HÉLICES E CAPACETE) - FUNCIONANDO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211089", "088")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211089", "PULVERIZADOR; MARCA KO; TURBINA ALTA COM VOLUTE; CAPACIDADADE 2.000L")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211090", "089")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211090", "PULVERIZADOR; CAPACIDADE 400L")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211091", "090")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211091", "PULVERIZADOR JOHN BIN; COM BOMBA; CAPACIDADE 2.000L")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211098", "091")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211098", "PULVERIZADOR JOHN BIN; COM PISTOLA; CAPACIDADE 400L")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211095", "092")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211095", "PLANTADEIRA; MARCA BALDAN; PLANTIO DIRETO; 9 LINHAS; MODELO PPSOLO 4500")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211096", "093")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211096", "SEMEADEIRA MARCA KAMAQ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211097", "094")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211097", "CALCAREADEIRA ADUBADEIRA VICON; CAPACIDADE 1.150 KG")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211538", "095")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211538", "ROÇADEIRA BALDAN; 1.50M - FUNCIONANDO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211094", "096")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211094", "LOTE COM 2 BOMBAS DE PRESSÃO ROLANZIR; MODELO 6000L/M")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211092", "100")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211092", "SAIDER (MEDIDAS: 8,30M COMPRIM. X 2.80M ALT. X 2,50M LARG.); CHAPEADO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211099", "101")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211099", "CARRETA DE 2 RODAS PARA 3.000 KG")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211580", "102")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211580", "PLATAFORMA ELEVATÓRIA (PARA CAMINHÃO TOCO OU TRUCK)")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...32 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211100", "105")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211100", "CAÇAMBA COMPACTADORA DE LIXO PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211101", "106")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211101", "CAÇAMBA COMPACTADORA DE LIXO PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211102", "107")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211102", "COMPACTADOR DE LIXO; MARCA PLANALTO; 19 METROS CUBICOS; PARA CAMINHÃO TRUCADO")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211103", "111")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211103", "PLANTADEIRA JUMIL; 4 LINHAS; MODELO 2050; ANO 2005")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211106", "113")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211106", "BAÚ (PARA TRUCK); MEDIDAS: 7,70 COMPRIMENTO X 2,60 LARGURA X 2,30 ALTURA")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211104", "115")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211104", "PLAINA NIVELADORA DE ARRASTO DE 2.45 METROS")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211105", "116")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211105", "GRADE ARADORA 18 X 28 X 270 MARCA CIVEMASA")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211107", "117")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211107", "GRADE NIVELADORA 32 DISCOS")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...43 lines deleted...]
-      <c r="A18" s="5" t="inlineStr">
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211108", "118")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211108", "GRADE HIDRÁULICA DE 16 DISCOS")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="B18" s="4" t="inlineStr">
-[...110 lines deleted...]
-      <c r="E21" s="5" t="inlineStr">
+      <c r="E67" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
-[...1470 lines deleted...]
-      </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211109", "119")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211109", "ENSILADEIRA JF 90")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>