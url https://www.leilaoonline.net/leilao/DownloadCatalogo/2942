--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,955 +269,839 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211489", "048")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211489", "veja o vídeo!! VW/KOMBI FURGAO; 2009/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211488", "049")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211488", "CHEVROLET S10 LS CABINE DUPLA 4X4; 2018/2019; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>95</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>79.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211126", "050")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211126", "VOLKSWAGEN NOVO VOYAGE TL MBV; 2016/2017; BRANCO; ALCO./GASOL. - FUNCIONANDO - COD PATIO_2N17")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211124", "051")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211124", "veja o vídeo!! CHEVROLET/SPIN 1.8L MT LS E.; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA H16")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>44.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211123", "053")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211123", "veja o vídeo!! VW/KOMBI FURGÃO; 2008/2009; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211122", "054")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211122", "CHEVROLET ONIX JOY 1.0; 2019/2019; BRANCO; ALCO./GASOL.; CAMBIO MANUAL - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211121", "055")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211121", "CHEVROLET S10 LS DS4 4X4; 2017/2018; BRANCA - FUNCIONANDO - FROTA 52")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>71.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211113", "056")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211113", "CHEVROLET S10 ADV FD2; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211114", "057")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211114", "CHEVROLET S10 ADV FD2; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>59.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211115", "058")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211115", "CHEVROLET S10 ADV FD2; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211125", "059")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211125", "VOLKSWAGEN NOVO GOL TL MCV; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - COD PATION2_15")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211116", "060")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211116", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211117", "061")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211117", "veja o vídeo!! I NISSAN FRONTIER S MTX4 4X4; 2021/2021; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>93.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211118", "062")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211118", "veja o vídeo!! I NISSAN FRONTIER S MTX4 4X4; 2021/2021; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>89.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211119", "063")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211119", "CHEVROLET S10 LS 4X4 CD; 2021/2022; PRATA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>92.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211120", "064")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211120", "veja o vídeo!! FIAT 500 SPORT DUAL; 2009/2010; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>46.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211130", "066")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211130", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211129", "067")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211129", "NISSAN FRONTIER XE 4X2; 2013/2013; PRETA; DIESEL - NÃO FUNCIONA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211128", "068")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211128", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211131", "069")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211131", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>41.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211132", "070")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211132", "JINBEI FABUSFORMA M35; 2012/2013; BRANCA; GASOLINA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211134", "073")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211134", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>41.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211135", "074")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211135", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211136", "075")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211136", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211137", "076")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211137", "VW/NOVA SAVEIRO RB MBVS; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - APROX. 62.300KM")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211138", "077")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211138", "NISSAN FRONTIER S MTX4; 2021/2021; BRANCA; DIESEL; CABINE DUPLA; 4X4; - FUNCIONANDO - FROTA J54")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>91.250,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211140", "078")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211140", "CHEVROLET/CRUZE LT NB; 2012/20212; PRETA; GASOL./ALCO./GNV - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211139", "089")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211139", "veja o vídeo!! I/MMC ASX 2.0; 2010/2011; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>30.750,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211141", "090")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211141", "veja o vídeo!! VW/KOMBI FURGÃO; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>